--- v0 (2025-10-31)
+++ v1 (2025-12-29)
@@ -759,51 +759,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja wiedzy odbywa się poprzez ocenę odpowiedzi studenta na pytanie problemowe, udzielonej w formie pisemnej podczas kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W18, K_W19, K_W20, K_W01, K_W15, K_W17</w:t>
+        <w:t xml:space="preserve">K_W01, K_W15, K_W17, K_W18, K_W19, K_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -911,51 +911,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja odbywa się poprzez ocenę realizacji zadań postawionych w trakcie ćwiczenia laboratoryjnego i opisanych w instrukcji do ćwiczenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U08, K_U10, K_U15, K_U16, K_U17, K_U18</w:t>
+        <w:t xml:space="preserve">K_U08, K_U10, K_U15, K_U16, K_U17, K_U18, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>