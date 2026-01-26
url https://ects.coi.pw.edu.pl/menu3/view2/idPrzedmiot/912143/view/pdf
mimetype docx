--- v1 (2025-12-29)
+++ v2 (2026-01-26)
@@ -829,51 +829,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja wiedzy odbywa się poprzez ocenę odpowiedzi studenta na pytanie problemowe, udzielonej w formie pisemnej podczas kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W19, K_W20</w:t>
+        <w:t xml:space="preserve">K_W20, K_W01, K_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -911,51 +911,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja odbywa się poprzez ocenę realizacji zadań postawionych w trakcie ćwiczenia laboratoryjnego i opisanych w instrukcji do ćwiczenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U08, K_U10, K_U15, K_U16, K_U17, K_U18, K_U02</w:t>
+        <w:t xml:space="preserve">K_U02, K_U08, K_U10, K_U15, K_U16, K_U17, K_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>