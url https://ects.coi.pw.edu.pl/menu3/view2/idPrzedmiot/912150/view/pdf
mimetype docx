--- v0 (2025-10-31)
+++ v1 (2025-12-28)
@@ -746,87 +746,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium sprawdzające</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W05, K_W06, K_W09, K_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 11500-00000-ISP-0407_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę o współczesnych technikach projektowania struktur nadwozi w praktyce inżynierskiej </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium sprawdzające</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W04, K_W05, K_W06, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 11500-00000-ISP-0407_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 11500-00000-ISP-0407_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę o współczesnych technikach projektowania struktur nadwozi w praktyce inżynierskiej </w:t>
+        <w:t xml:space="preserve">Zna podstawowe etapy projektowania struktur nadwozi pojazdów </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium sprawdzające</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -837,180 +907,110 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W04, K_W05, K_W06, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 11500-00000-ISP-0407_W3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 11500-00000-ISP-0407_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe etapy projektowania struktur nadwozi pojazdów </w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić analizę zachowania się struktury nadwozia podczas wymuszeń od drogi </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium sprawdzające</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W05, K_W06, K_W09</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">K_U09, K_U01, K_U02, K_U03</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U03, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>