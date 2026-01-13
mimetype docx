--- v1 (2025-12-28)
+++ v2 (2026-01-13)
@@ -746,51 +746,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium sprawdzające</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W05, K_W06, K_W09, K_W04</w:t>
+        <w:t xml:space="preserve">K_W09, K_W04, K_W05, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>