--- v1 (2025-12-28)
+++ v2 (2026-02-08)
@@ -774,51 +774,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Przed dopuszczeniem do wykonywania ćwiczenia laboratoryjnego praca kontrolna w formie pisemnej bądź w formie odpowiedzi ustnej (ocena zgodna z obowiązującą skalą ocen) oraz ocena sprawozdania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W04, KMiBM_W06</w:t>
+        <w:t xml:space="preserve">KMiBM_W06, KMiBM_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -924,51 +924,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena przekazanego prowadzącemu sprawozdania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U13, KMiBM_U19, KMiBM_U20, KMiBM_U03</w:t>
+        <w:t xml:space="preserve">KMiBM_U03, KMiBM_U13, KMiBM_U19, KMiBM_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>