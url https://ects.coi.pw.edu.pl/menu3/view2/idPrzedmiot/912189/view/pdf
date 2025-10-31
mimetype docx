--- v0 (2025-10-09)
+++ v1 (2025-10-31)
@@ -773,87 +773,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, sprawdzian przed dopuszczeniem do wykonywania ćwiczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_W03, KMiBM_W12, KMiBM_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0203 _ W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę podstawową dotyczącą zasad powstawania momentu obrotowego w maszynach elektrycznych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, sprawdzian przed dopuszczeniem do wykonywania ćwiczeń</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMiBM_W02, KMiBM_W03, KMiBM_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0203 _ W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0203 _ W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę podstawową dotyczącą zasad powstawania momentu obrotowego w maszynach elektrycznych</w:t>
+        <w:t xml:space="preserve">Posiada wiedzę podstawową i potrafi opisać budowę i wyjaśnić zasadę działania maszyn prądu przemiennego asynchronicznych: trójfazowych i jednofazowych oraz synchronicznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, sprawdzian przed dopuszczeniem do wykonywania ćwiczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -872,58 +942,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0203 _ W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0203 _ W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę podstawową i potrafi opisać budowę i wyjaśnić zasadę działania maszyn prądu przemiennego asynchronicznych: trójfazowych i jednofazowych oraz synchronicznych.</w:t>
+        <w:t xml:space="preserve">Potrafi narysować charakterystyki zewnętrzne dla maszyn elektrycznych pracujących w trybie prądnicowym i uzasadnić ich kształt i przebieg..</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, sprawdzian przed dopuszczeniem do wykonywania ćwiczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -942,522 +1012,452 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0203 _ W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0203 _ W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi narysować charakterystyki zewnętrzne dla maszyn elektrycznych pracujących w trybie prądnicowym i uzasadnić ich kształt i przebieg..</w:t>
+        <w:t xml:space="preserve">Potrafi narysować charakterystyki mechaniczne dla maszyn elektrycznych i uzasadnić ich kształt i przebieg</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, sprawdzian przed dopuszczeniem do wykonywania ćwiczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_W02, KMiBM_W03, KMiBM_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0203 _ W6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę podstawową i potrafi opisać metody regulacji prędkości obrotowej maszyn prądu stałego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, sprawdzian przed dopuszczeniem do wykonywania ćwiczeń</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMiBM_W02, KMiBM_W03, KMiBM_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0203 _ W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0203 _ W7: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi narysować charakterystyki mechaniczne dla maszyn elektrycznych i uzasadnić ich kształt i przebieg</w:t>
+        <w:t xml:space="preserve">Posiada wiedzę podstawową i potrafi wyjaśnić zasadę działania podstawowych układów elektronicznych tj. prostownika, wzmacniacza i generatora</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin, sprawdzian przed dopuszczeniem do wykonywania ćwiczeń</w:t>
+        <w:t xml:space="preserve">Egzamin, sprawdzian przed dopuszczeniem do wykonywania ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W02, KMiBM_W03, KMiBM_W05</w:t>
+        <w:t xml:space="preserve">KMiBM_W02, KMiBM_W03, KMiBM_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0203 _ W6: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0203 _ U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę podstawową i potrafi opisać metody regulacji prędkości obrotowej maszyn prądu stałego.</w:t>
+        <w:t xml:space="preserve">Zna i potrafi stosować zasady dotyczące budowy układu pomiarowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin, sprawdzian przed dopuszczeniem do wykonywania ćwiczeń</w:t>
+        <w:t xml:space="preserve">Ocena wykonywania zadań w trakcie realizacji ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W02, KMiBM_W03, KMiBM_W12</w:t>
+        <w:t xml:space="preserve">KMiBM_U12, KMiBM_U13, KMiBM_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0203 _ W7: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0203 _ U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę podstawową i potrafi wyjaśnić zasadę działania podstawowych układów elektronicznych tj. prostownika, wzmacniacza i generatora</w:t>
+        <w:t xml:space="preserve">Zna i potrafi stosować zasady dotyczące podłączania w odpowiedni sposób mierników pozwalających na pomiar wybranych wielkości elektrycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin, sprawdzian przed dopuszczeniem do wykonywania ćwiczeń.</w:t>
+        <w:t xml:space="preserve">Ocena wykonywania zadań w trakcie realizacji ćwiczeń laboratoryjnych, sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena sprawozdań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W02, KMiBM_W03, KMiBM_W12</w:t>
+        <w:t xml:space="preserve">KMiBM_U12, KMiBM_U13, KMiBM_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0203 _ U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0203 _ U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna i potrafi stosować zasady dotyczące budowy układu pomiarowego.</w:t>
+        <w:t xml:space="preserve">Potrafi dokonać obliczeń odpowiednich wielości i na tej podstawie wykreślić charakterystyki np. napięcia od prądu, momentu obrotowego od prędkości obrotowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena wykonywania zadań w trakcie realizacji ćwiczeń laboratoryjnych.</w:t>
+        <w:t xml:space="preserve">Ocena wykonywania zadań w trakcie realizacji ćwiczeń laboratoryjnych, sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena sprawozdań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U12, KMiBM_U13, KMiBM_U20</w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve">KMiBM_U12, KMiBM_U13, KMiBM_U20</w:t>
+        <w:t xml:space="preserve">KMiBM_U20, KMiBM_U12, KMiBM_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>