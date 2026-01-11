--- v1 (2025-10-31)
+++ v2 (2026-01-11)
@@ -773,51 +773,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, sprawdzian przed dopuszczeniem do wykonywania ćwiczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W03, KMiBM_W12, KMiBM_W02</w:t>
+        <w:t xml:space="preserve">KMiBM_W02, KMiBM_W03, KMiBM_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1123,341 +1123,341 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, sprawdzian przed dopuszczeniem do wykonywania ćwiczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_W12, KMiBM_W02, KMiBM_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0203 _ W7: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę podstawową i potrafi wyjaśnić zasadę działania podstawowych układów elektronicznych tj. prostownika, wzmacniacza i generatora</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, sprawdzian przed dopuszczeniem do wykonywania ćwiczeń.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMiBM_W02, KMiBM_W03, KMiBM_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0203 _ W7: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0203 _ U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę podstawową i potrafi wyjaśnić zasadę działania podstawowych układów elektronicznych tj. prostownika, wzmacniacza i generatora</w:t>
+        <w:t xml:space="preserve">Zna i potrafi stosować zasady dotyczące budowy układu pomiarowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin, sprawdzian przed dopuszczeniem do wykonywania ćwiczeń.</w:t>
+        <w:t xml:space="preserve">Ocena wykonywania zadań w trakcie realizacji ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W02, KMiBM_W03, KMiBM_W12</w:t>
+        <w:t xml:space="preserve">KMiBM_U12, KMiBM_U13, KMiBM_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0203 _ U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0203 _ U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna i potrafi stosować zasady dotyczące budowy układu pomiarowego.</w:t>
+        <w:t xml:space="preserve">Zna i potrafi stosować zasady dotyczące podłączania w odpowiedni sposób mierników pozwalających na pomiar wybranych wielkości elektrycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena wykonywania zadań w trakcie realizacji ćwiczeń laboratoryjnych.</w:t>
+        <w:t xml:space="preserve">Ocena wykonywania zadań w trakcie realizacji ćwiczeń laboratoryjnych, sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena sprawozdań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">KMiBM_U12, KMiBM_U13, KMiBM_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0203 _ U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0203 _ U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna i potrafi stosować zasady dotyczące podłączania w odpowiedni sposób mierników pozwalających na pomiar wybranych wielkości elektrycznych.</w:t>
+        <w:t xml:space="preserve">Potrafi dokonać obliczeń odpowiednich wielości i na tej podstawie wykreślić charakterystyki np. napięcia od prądu, momentu obrotowego od prędkości obrotowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena wykonywania zadań w trakcie realizacji ćwiczeń laboratoryjnych, sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena sprawozdań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">KMiBM_U12, KMiBM_U13, KMiBM_U20</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">KMiBM_U20, KMiBM_U12, KMiBM_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>