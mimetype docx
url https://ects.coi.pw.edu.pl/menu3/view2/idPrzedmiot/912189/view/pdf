--- v2 (2026-01-11)
+++ v3 (2026-02-10)
@@ -1123,51 +1123,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, sprawdzian przed dopuszczeniem do wykonywania ćwiczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W12, KMiBM_W02, KMiBM_W03</w:t>
+        <w:t xml:space="preserve">KMiBM_W02, KMiBM_W03, KMiBM_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1273,51 +1273,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena wykonywania zadań w trakcie realizacji ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U12, KMiBM_U13, KMiBM_U20</w:t>
+        <w:t xml:space="preserve">KMiBM_U20, KMiBM_U12, KMiBM_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>