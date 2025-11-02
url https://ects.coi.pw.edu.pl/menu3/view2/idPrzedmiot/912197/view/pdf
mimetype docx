--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -973,51 +973,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena zadania wykonywanego przez studenta w trakcie ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W07, KMiBM_W10, KMiBM_W19, KMiBM_W17, KMiBM_W18, KMiBM_W20</w:t>
+        <w:t xml:space="preserve">KMiBM_W18, KMiBM_W20, KMiBM_W07, KMiBM_W10, KMiBM_W19, KMiBM_W17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1333,51 +1333,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena zadania wykonywanego przez studenta w trakcie ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U16, KMiBM_U17, KMiBM_U18, KMiBM_U06, KMiBM_U08, KMiBM_U15</w:t>
+        <w:t xml:space="preserve">KMiBM_U08, KMiBM_U15, KMiBM_U16, KMiBM_U17, KMiBM_U18, KMiBM_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>