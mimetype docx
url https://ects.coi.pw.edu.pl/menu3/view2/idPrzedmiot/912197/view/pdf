--- v1 (2025-11-02)
+++ v2 (2026-01-08)
@@ -903,51 +903,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena zadania wykonywanego przez studenta w trakcie ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W08, KMiBM_W09, KMiBM_W10, KMiBM_W11, KMiBM_W19, KMiBM_W17, KMiBM_W18, KMiBM_W20</w:t>
+        <w:t xml:space="preserve">KMiBM_W19, KMiBM_W17, KMiBM_W18, KMiBM_W20, KMiBM_W08, KMiBM_W09, KMiBM_W10, KMiBM_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -973,51 +973,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena zadania wykonywanego przez studenta w trakcie ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W18, KMiBM_W20, KMiBM_W07, KMiBM_W10, KMiBM_W19, KMiBM_W17</w:t>
+        <w:t xml:space="preserve">KMiBM_W07, KMiBM_W10, KMiBM_W19, KMiBM_W17, KMiBM_W18, KMiBM_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1263,121 +1263,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena zadania wykonywanego przez studenta w trakcie ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_U16, KMiBM_U17, KMiBM_U18, KMiBM_U06, KMiBM_U08, KMiBM_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0207_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi wygenerować (w danym systemie 3D CAD) z modelu bryłowego poprawny plik STL do drukowania 3D oraz potrafi sprawdzić (w danym systemie 3D CAM) zorientować go tak, aby jak najkrócej był wytwarzany na maszynach prototypujących w technologii FDM oraz aby minimalizować zużycie materiału podporowego. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena zadania wykonywanego przez studenta w trakcie ćwiczeń.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMiBM_U06, KMiBM_U08, KMiBM_U15, KMiBM_U16, KMiBM_U17, KMiBM_U18</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">KMiBM_U08, KMiBM_U15, KMiBM_U16, KMiBM_U17, KMiBM_U18, KMiBM_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>