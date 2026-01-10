--- v2 (2026-01-08)
+++ v3 (2026-01-10)
@@ -833,51 +833,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena zadania wykonywanego przez studenta w trakcie ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W07, KMiBM_W19, KMiBM_W17, KMiBM_W18, KMiBM_W20</w:t>
+        <w:t xml:space="preserve">KMiBM_W18, KMiBM_W20, KMiBM_W07, KMiBM_W19, KMiBM_W17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -903,51 +903,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena zadania wykonywanego przez studenta w trakcie ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W19, KMiBM_W17, KMiBM_W18, KMiBM_W20, KMiBM_W08, KMiBM_W09, KMiBM_W10, KMiBM_W11</w:t>
+        <w:t xml:space="preserve">KMiBM_W08, KMiBM_W09, KMiBM_W10, KMiBM_W11, KMiBM_W19, KMiBM_W17, KMiBM_W18, KMiBM_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1193,51 +1193,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena zadania wykonywanego przez studenta w trakcie ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U15, KMiBM_U16, KMiBM_U18, KMiBM_U19</w:t>
+        <w:t xml:space="preserve">KMiBM_U16, KMiBM_U18, KMiBM_U19, KMiBM_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1263,51 +1263,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena zadania wykonywanego przez studenta w trakcie ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U16, KMiBM_U17, KMiBM_U18, KMiBM_U06, KMiBM_U08, KMiBM_U15</w:t>
+        <w:t xml:space="preserve">KMiBM_U06, KMiBM_U08, KMiBM_U15, KMiBM_U16, KMiBM_U17, KMiBM_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>