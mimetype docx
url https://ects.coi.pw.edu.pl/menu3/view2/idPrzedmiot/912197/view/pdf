--- v3 (2026-01-10)
+++ v4 (2026-03-24)
@@ -833,51 +833,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena zadania wykonywanego przez studenta w trakcie ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W18, KMiBM_W20, KMiBM_W07, KMiBM_W19, KMiBM_W17</w:t>
+        <w:t xml:space="preserve">KMiBM_W07, KMiBM_W19, KMiBM_W17, KMiBM_W18, KMiBM_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1193,51 +1193,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena zadania wykonywanego przez studenta w trakcie ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U16, KMiBM_U18, KMiBM_U19, KMiBM_U15</w:t>
+        <w:t xml:space="preserve">KMiBM_U15, KMiBM_U16, KMiBM_U18, KMiBM_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1403,51 +1403,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">1150-MB000-ISP-0207_U4</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U15, KMiBM_U16, KMiBM_U17, KMiBM_U18</w:t>
+        <w:t xml:space="preserve">KMiBM_U16, KMiBM_U17, KMiBM_U18, KMiBM_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>