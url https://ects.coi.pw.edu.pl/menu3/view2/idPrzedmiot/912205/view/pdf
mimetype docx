--- v0 (2025-12-28)
+++ v1 (2026-02-08)
@@ -824,51 +824,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W20, KMiBM_W19, KMiBM_W17, KMiBM_W18</w:t>
+        <w:t xml:space="preserve">KMiBM_W19, KMiBM_W17, KMiBM_W18, KMiBM_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -904,51 +904,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U05, KMiBM_U06, KMiBM_U07, KMiBM_U08, KMiBM_U14, KMiBM_U18</w:t>
+        <w:t xml:space="preserve">KMiBM_U18, KMiBM_U05, KMiBM_U06, KMiBM_U07, KMiBM_U08, KMiBM_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>