--- v0 (2025-10-06)
+++ v1 (2025-11-01)
@@ -834,121 +834,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_W04, KMiBM_W05, KMiBM_W09, KMiBM_W12, KMiBM_W17, KMiBM_W02, KMiBM_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0301_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady określania i wyznaczania obciążeń trakcyjnych i roboczych i ich efektów, niezbędnych do projektowania napędu elektrycznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, sprawozdanie z ćwiczenia laboratoryjnego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMiBM_W02, KMiBM_W03, KMiBM_W04, KMiBM_W05, KMiBM_W09, KMiBM_W12, KMiBM_W17</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">KMiBM_W12, KMiBM_W17, KMiBM_W02, KMiBM_W03, KMiBM_W04, KMiBM_W05, KMiBM_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>