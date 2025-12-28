--- v1 (2025-11-01)
+++ v2 (2025-12-28)
@@ -834,51 +834,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W04, KMiBM_W05, KMiBM_W09, KMiBM_W12, KMiBM_W17, KMiBM_W02, KMiBM_W03</w:t>
+        <w:t xml:space="preserve">KMiBM_W02, KMiBM_W03, KMiBM_W04, KMiBM_W05, KMiBM_W09, KMiBM_W12, KMiBM_W17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>