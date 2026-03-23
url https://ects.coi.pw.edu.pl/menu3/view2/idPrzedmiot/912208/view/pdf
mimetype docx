--- v3 (2026-02-08)
+++ v4 (2026-03-23)
@@ -764,121 +764,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, sprawozdanie z ćwiczenia laboratoryjnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_W03, KMiBM_W04, KMiBM_W05, KMiBM_W09, KMiBM_W12, KMiBM_W17, KMiBM_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0301_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę o kryteriach doboru komponentów napędu elektrycznego, wynikających z analizy charakteru obciążenia i warunków pracy napędu elektrycznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMiBM_W02, KMiBM_W03, KMiBM_W04, KMiBM_W05, KMiBM_W09, KMiBM_W12, KMiBM_W17</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">KMiBM_W17, KMiBM_W02, KMiBM_W03, KMiBM_W04, KMiBM_W05, KMiBM_W09, KMiBM_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>