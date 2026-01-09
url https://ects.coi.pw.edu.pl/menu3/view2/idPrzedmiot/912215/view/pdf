--- v0 (2025-11-02)
+++ v1 (2026-01-09)
@@ -982,51 +982,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W11, KMiBM_W04, KMiBM_W05, KMiBM_W06</w:t>
+        <w:t xml:space="preserve">KMiBM_W04, KMiBM_W05, KMiBM_W06, KMiBM_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>