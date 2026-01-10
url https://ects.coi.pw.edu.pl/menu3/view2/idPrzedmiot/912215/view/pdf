--- v1 (2026-01-09)
+++ v2 (2026-01-10)
@@ -1202,51 +1202,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U03, KMiBM_U04, KMiBM_U05, KMiBM_U07, KMiBM_U08</w:t>
+        <w:t xml:space="preserve">KMiBM_U05, KMiBM_U07, KMiBM_U08, KMiBM_U03, KMiBM_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>