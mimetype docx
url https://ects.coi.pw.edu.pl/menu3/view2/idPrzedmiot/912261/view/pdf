--- v1 (2025-12-28)
+++ v2 (2026-02-08)
@@ -746,157 +746,227 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_W20, KMiBM_W19, KMiBM_W17, KMiBM_W18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150_MBMPOJ- ISP-404_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna wymagania normatywne i uwarunkowania ekonomiczne produkcji małoseryjnej nadwozi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMiBM_W19, KMiBM_W17, KMiBM_W18, KMiBM_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150_MBMPOJ- ISP-404_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150_MBMPOJ- ISP-404_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna wymagania normatywne i uwarunkowania ekonomiczne produkcji małoseryjnej nadwozi.</w:t>
+        <w:t xml:space="preserve">Posiada wiedzę o różnych typach struktur stosowanych w produkcji nadwozi małoseryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W20, KMiBM_W19, KMiBM_W17, KMiBM_W18</w:t>
+        <w:t xml:space="preserve">KMiBM_W19, KMiBM_W17, KMiBM_W18, KMiBM_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150_MBMPOJ- ISP-404_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150_MBMPOJ- ISP-404_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę o różnych typach struktur stosowanych w produkcji nadwozi małoseryjnych.</w:t>
+        <w:t xml:space="preserve">Posiada wiedzę o zasadach doboru współczesnych materiałów konstrukcyjnych do produkcji małoseryjnych nadwozi samochodowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -915,58 +985,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150_MBMPOJ- ISP-404_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150_MBMPOJ- ISP-404_W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę o zasadach doboru współczesnych materiałów konstrukcyjnych do produkcji małoseryjnych nadwozi samochodowych.</w:t>
+        <w:t xml:space="preserve">Posiada wiedzę o sposobach wytwarzania i łączenia współczesnych materiałów konstrukcyjnych stosowanych w budowie małoseryjnych nadwozi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -977,146 +1047,146 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">KMiBM_W19, KMiBM_W17, KMiBM_W18, KMiBM_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150_MBMPOJ- ISP-404_W5: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150_MBMPOJ- ISP-404_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę o sposobach wytwarzania i łączenia współczesnych materiałów konstrukcyjnych stosowanych w budowie małoseryjnych nadwozi.</w:t>
+        <w:t xml:space="preserve">Potrafi sformułować stosowne kryteria projektowe dla danego etapu projektowania nadwozia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W19, KMiBM_W17, KMiBM_W18, KMiBM_W20</w:t>
+        <w:t xml:space="preserve">KMiBM_U15, KMiBM_U16, KMiBM_U17, KMiBM_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150_MBMPOJ- ISP-404_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150_MBMPOJ- ISP-404_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi sformułować stosowne kryteria projektowe dla danego etapu projektowania nadwozia.</w:t>
+        <w:t xml:space="preserve">Ma świadomość przyjętych założeń konstrukcyjnych na zakres prac niezbędnych dla wykonania projektu wstępnego nadwozia. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1135,162 +1205,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150_MBMPOJ- ISP-404_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150_MBMPOJ- ISP-404_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma świadomość przyjętych założeń konstrukcyjnych na zakres prac niezbędnych dla wykonania projektu wstępnego nadwozia. </w:t>
+        <w:t xml:space="preserve">Potrafi dobrać materiały konstrukcyjne elementów nadwozia, tak by konstrukcja spełniała funkcje użytkowe, normatywne i ekonomiczne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U15, KMiBM_U16, KMiBM_U17, KMiBM_U18</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">KMiBM_U15, KMiBM_U16, KMiBM_U17, KMiBM_U18</w:t>
+        <w:t xml:space="preserve">KMiBM_U18, KMiBM_U15, KMiBM_U16, KMiBM_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>