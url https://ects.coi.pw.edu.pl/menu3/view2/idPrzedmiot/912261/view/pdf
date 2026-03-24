--- v2 (2026-02-08)
+++ v3 (2026-03-24)
@@ -746,51 +746,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W20, KMiBM_W19, KMiBM_W17, KMiBM_W18</w:t>
+        <w:t xml:space="preserve">KMiBM_W19, KMiBM_W17, KMiBM_W18, KMiBM_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -816,87 +816,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_W17, KMiBM_W18, KMiBM_W20, KMiBM_W19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150_MBMPOJ- ISP-404_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę o różnych typach struktur stosowanych w produkcji nadwozi małoseryjnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMiBM_W19, KMiBM_W17, KMiBM_W18, KMiBM_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150_MBMPOJ- ISP-404_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150_MBMPOJ- ISP-404_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę o różnych typach struktur stosowanych w produkcji nadwozi małoseryjnych.</w:t>
+        <w:t xml:space="preserve">Posiada wiedzę o zasadach doboru współczesnych materiałów konstrukcyjnych do produkcji małoseryjnych nadwozi samochodowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -915,58 +985,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150_MBMPOJ- ISP-404_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150_MBMPOJ- ISP-404_W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę o zasadach doboru współczesnych materiałów konstrukcyjnych do produkcji małoseryjnych nadwozi samochodowych.</w:t>
+        <w:t xml:space="preserve">Posiada wiedzę o sposobach wytwarzania i łączenia współczesnych materiałów konstrukcyjnych stosowanych w budowie małoseryjnych nadwozi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -977,146 +1047,146 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">KMiBM_W19, KMiBM_W17, KMiBM_W18, KMiBM_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150_MBMPOJ- ISP-404_W5: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150_MBMPOJ- ISP-404_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę o sposobach wytwarzania i łączenia współczesnych materiałów konstrukcyjnych stosowanych w budowie małoseryjnych nadwozi.</w:t>
+        <w:t xml:space="preserve">Potrafi sformułować stosowne kryteria projektowe dla danego etapu projektowania nadwozia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W19, KMiBM_W17, KMiBM_W18, KMiBM_W20</w:t>
+        <w:t xml:space="preserve">KMiBM_U15, KMiBM_U16, KMiBM_U17, KMiBM_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150_MBMPOJ- ISP-404_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150_MBMPOJ- ISP-404_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi sformułować stosowne kryteria projektowe dla danego etapu projektowania nadwozia.</w:t>
+        <w:t xml:space="preserve">Ma świadomość przyjętych założeń konstrukcyjnych na zakres prac niezbędnych dla wykonania projektu wstępnego nadwozia. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1135,162 +1205,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150_MBMPOJ- ISP-404_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150_MBMPOJ- ISP-404_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma świadomość przyjętych założeń konstrukcyjnych na zakres prac niezbędnych dla wykonania projektu wstępnego nadwozia. </w:t>
+        <w:t xml:space="preserve">Potrafi dobrać materiały konstrukcyjne elementów nadwozia, tak by konstrukcja spełniała funkcje użytkowe, normatywne i ekonomiczne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">KMiBM_U15, KMiBM_U16, KMiBM_U17, KMiBM_U18</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">KMiBM_U18, KMiBM_U15, KMiBM_U16, KMiBM_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>