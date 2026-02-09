--- v0 (2025-10-19)
+++ v1 (2026-02-09)
@@ -783,201 +783,201 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_W20, KMiBM_W19, KMiBM_W17, KMiBM_W18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MBPOJ-ISP-0322_W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę o współczesnych metodach i urządzeniach do badań niskoemisyjnych silników spalinowych wykorzystywanych w praktyce inżynierskiej; Zna podstawowe etapy i techniki badań niskoemisyjnych silników spalinowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena sprawozdań. Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMiBM_W19, KMiBM_W17, KMiBM_W18, KMiBM_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MBPOJ-ISP-0322_W02: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MBPOJ-ISP-0322_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę o współczesnych metodach i urządzeniach do badań niskoemisyjnych silników spalinowych wykorzystywanych w praktyce inżynierskiej; Zna podstawowe etapy i techniki badań niskoemisyjnych silników spalinowych</w:t>
+        <w:t xml:space="preserve">Umiejętności analizy pracy systemów ograniczających powstawanie hałasu i substancji toksycznych w komorze spalania oraz układów oczyszczania spalin. Umiejętność opisu matematycznego kinetyki reakcji chemicznych prowadzących do utleniania lub redukcji toksyn. Student potrafi prowadzić badania wybranych elementów niskoemisyjnyych silników spalinowych. Potrafi zaplanować proces badawczy z wykorzystaniem współczesnych urządzeń pomiarowych. Potrafi ocenić przydatność i zinterpretować uzyskane wyniki badań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena sprawozdań. Kolokwium.</w:t>
+        <w:t xml:space="preserve">Kolokwium, ocena sprawozdań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W19, KMiBM_W17, KMiBM_W18, KMiBM_W20</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">KMiBM_U18, KMiBM_U15, KMiBM_U16, KMiBM_U17</w:t>
+        <w:t xml:space="preserve">KMiBM_U15, KMiBM_U16, KMiBM_U17, KMiBM_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>