--- v0 (2025-10-31)
+++ v1 (2025-12-28)
@@ -820,51 +820,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W19, KMiBM_W17, KMiBM_W18, KMiBM_W20</w:t>
+        <w:t xml:space="preserve">KMiBM_W20, KMiBM_W19, KMiBM_W17, KMiBM_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>