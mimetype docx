--- v1 (2025-12-28)
+++ v2 (2026-02-09)
@@ -820,51 +820,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W20, KMiBM_W19, KMiBM_W17, KMiBM_W18</w:t>
+        <w:t xml:space="preserve">KMiBM_W19, KMiBM_W17, KMiBM_W18, KMiBM_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -900,51 +900,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U05, KMiBM_U06, KMiBM_U07, KMiBM_U08, KMiBM_U14, KMiBM_U18</w:t>
+        <w:t xml:space="preserve">KMiBM_U06, KMiBM_U07, KMiBM_U08, KMiBM_U14, KMiBM_U18, KMiBM_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>