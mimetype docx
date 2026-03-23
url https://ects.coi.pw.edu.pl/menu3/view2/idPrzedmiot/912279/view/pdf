--- v2 (2026-02-09)
+++ v3 (2026-03-23)
@@ -750,201 +750,201 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_W17, KMiBM_W18, KMiBM_W20, KMiBM_W19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0413_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma uporządkowaną, podbudowaną teoretycznie wiedzę ogólną obejmującą modelowanie powierzchniowe i kształtowanie elementów na drodze przeróbki plastycznej na zimno.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian pisemny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMiBM_W19, KMiBM_W17, KMiBM_W18, KMiBM_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0413_W2: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0413_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma uporządkowaną, podbudowaną teoretycznie wiedzę ogólną obejmującą modelowanie powierzchniowe i kształtowanie elementów na drodze przeróbki plastycznej na zimno.</w:t>
+        <w:t xml:space="preserve">Potrafi samodzielnie zamodelować i zaprojektować w środowiskach systemów CAD  cienkościenne elementy konstrukcyjne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Sprawdzian pisemny</w:t>
+        <w:t xml:space="preserve">Sprawdzian</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W19, KMiBM_W17, KMiBM_W18, KMiBM_W20</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">KMiBM_U06, KMiBM_U07, KMiBM_U08, KMiBM_U14, KMiBM_U18, KMiBM_U05</w:t>
+        <w:t xml:space="preserve">KMiBM_U05, KMiBM_U06, KMiBM_U07, KMiBM_U08, KMiBM_U14, KMiBM_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>