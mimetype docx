--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -778,87 +778,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Uzyskanie odpowiedniej liczby punktów na kolokwium, egzaminie, praca studenta na ćwiczeniach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMChtr_W03, KMChtr_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1120-00000-ISP-0114_W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Znajomość pochodnych funkcji o wartościach wektorowych, pochodnych kierunkowych, pochodnych cząstkowych, pochodnych jako przekształcenie liniowe, wyższych pochodnych. Znajomość ich własności. Znajomość ekstermów lokalnych, globalnych, warunkowych. Znajomość funkcji uwikłanych. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Uzyskanie odpowiedniej liczby punktów na kolokwium, egzaminie, praca studenta na ćwiczeniach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMChtr_W01, KMChtr_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1120-00000-ISP-0114_W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1120-00000-ISP-0114_W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Znajomość pochodnych funkcji o wartościach wektorowych, pochodnych kierunkowych, pochodnych cząstkowych, pochodnych jako przekształcenie liniowe, wyższych pochodnych. Znajomość ich własności. Znajomość ekstermów lokalnych, globalnych, warunkowych. Znajomość funkcji uwikłanych. </w:t>
+        <w:t xml:space="preserve">Znajomość całki podwójnej i potrójnej, ich własności i zastosowań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Uzyskanie odpowiedniej liczby punktów na kolokwium, egzaminie, praca studenta na ćwiczeniach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -877,58 +947,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1120-00000-ISP-0114_W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1120-00000-ISP-0114_W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Znajomość całki podwójnej i potrójnej, ich własności i zastosowań.</w:t>
+        <w:t xml:space="preserve">Znajomość całek krzywoliniowych i powierzchniowych. Znajomość ich zastosowań. Znajomość pojęcia potencjału. Znajomość twierdzeń Greena, Gaussa i Stokesa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Uzyskanie odpowiedniej liczby punktów na kolokwium, egzaminie, praca studenta na ćwiczeniach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -939,146 +1009,146 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">KMChtr_W01, KMChtr_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1120-00000-ISP-0114_W04: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1120-00000-ISP-0114_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Znajomość całek krzywoliniowych i powierzchniowych. Znajomość ich zastosowań. Znajomość pojęcia potencjału. Znajomość twierdzeń Greena, Gaussa i Stokesa.</w:t>
+        <w:t xml:space="preserve">Student umie obliczać pochodne cząstkowe funkcji wielu zmiennych. Potrafi znaleźć różniczkę zupełną i płaszczyznę styczną. Potrafi obliczyć pochodną funkcji złożonej i uwikłanej. Potrafi znajdować ekstrema lokalne, warunkowe, globalne i funkcji uwikłanej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Uzyskanie odpowiedniej liczby punktów na kolokwium, egzaminie, praca studenta na ćwiczeniach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMChtr_W01, KMChtr_W03</w:t>
+        <w:t xml:space="preserve">KMchtr_U01, KMchtr_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1120-00000-ISP-0114_U01: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1120-00000-ISP-0114_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student umie obliczać pochodne cząstkowe funkcji wielu zmiennych. Potrafi znaleźć różniczkę zupełną i płaszczyznę styczną. Potrafi obliczyć pochodną funkcji złożonej i uwikłanej. Potrafi znajdować ekstrema lokalne, warunkowe, globalne i funkcji uwikłanej.</w:t>
+        <w:t xml:space="preserve">Student umie obliczać całki podwójne zamieniając je na całkę iterowaną. Potrafi zastosować współrzędne biegunowe. Umie obliczać pole powierzchni płaskiej i w przestrzeni, objętość bryły, moment statyczny, bezwładności i środek ciężkości obszaru płaskiego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Uzyskanie odpowiedniej liczby punktów na kolokwium, egzaminie, praca studenta na ćwiczeniach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1097,58 +1167,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1120-00000-ISP-0114_U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1120-00000-ISP-0114_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student umie obliczać całki podwójne zamieniając je na całkę iterowaną. Potrafi zastosować współrzędne biegunowe. Umie obliczać pole powierzchni płaskiej i w przestrzeni, objętość bryły, moment statyczny, bezwładności i środek ciężkości obszaru płaskiego.</w:t>
+        <w:t xml:space="preserve">Student umie obliczać całki potrójne zamieniając je na całkę iterowaną. Potrafi zastosować współrzędne walcowe i sferyczne. Umie obliczać objętość bryły, moment statyczny, bezwładności i środek ciężkości bryły .</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Uzyskanie odpowiedniej liczby punktów na kolokwium, egzaminie, praca studenta na ćwiczeniach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1167,58 +1237,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1120-00000-ISP-0114_U03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1120-00000-ISP-0114_U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student umie obliczać całki potrójne zamieniając je na całkę iterowaną. Potrafi zastosować współrzędne walcowe i sferyczne. Umie obliczać objętość bryły, moment statyczny, bezwładności i środek ciężkości bryły .</w:t>
+        <w:t xml:space="preserve">Student umie obliczać całki krzywoliniowe skierowanej i nieskierowane zamieniając je na całki funkcji jednej zmiennej. Umie obliczać długość krzywej, moment statyczny, bezwładności i środek ciężkości krzywej, pracę w polu sił.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Uzyskanie odpowiedniej liczby punktów na kolokwium, egzaminie, praca studenta na ćwiczeniach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1237,58 +1307,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1120-00000-ISP-0114_U04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1120-00000-ISP-0114_U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student umie obliczać całki krzywoliniowe skierowanej i nieskierowane zamieniając je na całki funkcji jednej zmiennej. Umie obliczać długość krzywej, moment statyczny, bezwładności i środek ciężkości krzywej, pracę w polu sił.</w:t>
+        <w:t xml:space="preserve">Student umie obliczać całki powierzchniowe zorientowane i niezorientowane  zamieniając je na całki podwójne. Umie obliczać pole powierzchni w przestrzeni , moment statyczny, bezwładności i środek ciężkości powierzchni, strun mień  pola wektorowego.  .</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Uzyskanie odpowiedniej liczby punktów na kolokwium, egzaminie, praca studenta na ćwiczeniach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1307,162 +1377,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1120-00000-ISP-0114_U05: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1120-00000-ISP-0114_U06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student umie obliczać całki powierzchniowe zorientowane i niezorientowane  zamieniając je na całki podwójne. Umie obliczać pole powierzchni w przestrzeni , moment statyczny, bezwładności i środek ciężkości powierzchni, strun mień  pola wektorowego.  .</w:t>
+        <w:t xml:space="preserve">Student umie stosować twierdzenia Greena, Gaussa i Stokesa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Uzyskanie odpowiedniej liczby punktów na kolokwium, egzaminie, praca studenta na ćwiczeniach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">KMchtr_U01, KMchtr_U03</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">KMchtr_U03, KMchtr_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>