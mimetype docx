--- v1 (2025-10-30)
+++ v2 (2025-12-28)
@@ -778,51 +778,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Uzyskanie odpowiedniej liczby punktów na kolokwium, egzaminie, praca studenta na ćwiczeniach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMChtr_W03, KMChtr_W01</w:t>
+        <w:t xml:space="preserve">KMChtr_W01, KMChtr_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1208,51 +1208,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Uzyskanie odpowiedniej liczby punktów na kolokwium, egzaminie, praca studenta na ćwiczeniach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_U01, KMchtr_U03</w:t>
+        <w:t xml:space="preserve">KMchtr_U03, KMchtr_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>