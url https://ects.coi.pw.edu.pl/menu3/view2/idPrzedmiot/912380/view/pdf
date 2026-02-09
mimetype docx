--- v2 (2025-12-28)
+++ v3 (2026-02-09)
@@ -1208,191 +1208,191 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Uzyskanie odpowiedniej liczby punktów na kolokwium, egzaminie, praca studenta na ćwiczeniach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMchtr_U01, KMchtr_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1120-00000-ISP-0114_U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie obliczać całki krzywoliniowe skierowanej i nieskierowane zamieniając je na całki funkcji jednej zmiennej. Umie obliczać długość krzywej, moment statyczny, bezwładności i środek ciężkości krzywej, pracę w polu sił.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Uzyskanie odpowiedniej liczby punktów na kolokwium, egzaminie, praca studenta na ćwiczeniach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMchtr_U01, KMchtr_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1120-00000-ISP-0114_U05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie obliczać całki powierzchniowe zorientowane i niezorientowane  zamieniając je na całki podwójne. Umie obliczać pole powierzchni w przestrzeni , moment statyczny, bezwładności i środek ciężkości powierzchni, strun mień  pola wektorowego.  .</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Uzyskanie odpowiedniej liczby punktów na kolokwium, egzaminie, praca studenta na ćwiczeniach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMchtr_U03, KMchtr_U01</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">KMchtr_U01, KMchtr_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>