--- v3 (2026-02-09)
+++ v4 (2026-03-23)
@@ -1348,51 +1348,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Uzyskanie odpowiedniej liczby punktów na kolokwium, egzaminie, praca studenta na ćwiczeniach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_U03, KMchtr_U01</w:t>
+        <w:t xml:space="preserve">KMchtr_U01, KMchtr_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>