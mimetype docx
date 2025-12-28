--- v0 (2025-10-30)
+++ v1 (2025-12-28)
@@ -763,51 +763,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin. Kolokwium, sprawozdanie z ćwiczenia laboratoryjnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMChtr_W02, KMChtr_W03, KMChtr_W04, KMChtr_W05, KMchtr_W09, KMchtr_W12, KMChtr_W17</w:t>
+        <w:t xml:space="preserve">KMChtr_W05, KMchtr_W09, KMchtr_W12, KMChtr_W17, KMChtr_W02, KMChtr_W03, KMChtr_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>