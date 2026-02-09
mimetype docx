--- v1 (2025-12-28)
+++ v2 (2026-02-09)
@@ -763,191 +763,191 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin. Kolokwium, sprawozdanie z ćwiczenia laboratoryjnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMChtr_W02, KMChtr_W03, KMChtr_W04, KMChtr_W05, KMchtr_W09, KMchtr_W12, KMChtr_W17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MT000-ISP-0301_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę o kryteriach doboru komponentów napędu elektrycznego, wynikających z analizy charakteru obciążenia i warunków pracy napędu elektrycznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin. Kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMChtr_W02, KMChtr_W03, KMChtr_W04, KMChtr_W05, KMchtr_W09, KMchtr_W12, KMChtr_W17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MT000-ISP-0301_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady określania i wyznaczania obciążeń trakcyjnych i roboczych i ich efektów, niezbędnych do projektowania napędu elektrycznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin. Kolokwium, sprawozdanie z ćwiczenia laboratoryjnego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMChtr_W05, KMchtr_W09, KMchtr_W12, KMChtr_W17, KMChtr_W02, KMChtr_W03, KMChtr_W04</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">KMChtr_W02, KMChtr_W03, KMChtr_W04, KMChtr_W05, KMchtr_W09, KMchtr_W12, KMChtr_W17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>