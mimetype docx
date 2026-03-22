--- v2 (2026-02-09)
+++ v3 (2026-03-22)
@@ -763,191 +763,191 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin. Kolokwium, sprawozdanie z ćwiczenia laboratoryjnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMChtr_W03, KMChtr_W04, KMChtr_W05, KMchtr_W09, KMchtr_W12, KMChtr_W17, KMChtr_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MT000-ISP-0301_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę o kryteriach doboru komponentów napędu elektrycznego, wynikających z analizy charakteru obciążenia i warunków pracy napędu elektrycznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin. Kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMChtr_W02, KMChtr_W03, KMChtr_W04, KMChtr_W05, KMchtr_W09, KMchtr_W12, KMChtr_W17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MT000-ISP-0301_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MT000-ISP-0301_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę o kryteriach doboru komponentów napędu elektrycznego, wynikających z analizy charakteru obciążenia i warunków pracy napędu elektrycznego.</w:t>
+        <w:t xml:space="preserve">Zna zasady określania i wyznaczania obciążeń trakcyjnych i roboczych i ich efektów, niezbędnych do projektowania napędu elektrycznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin. Kolokwium</w:t>
+        <w:t xml:space="preserve">Egzamin. Kolokwium, sprawozdanie z ćwiczenia laboratoryjnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">KMChtr_W02, KMChtr_W03, KMChtr_W04, KMChtr_W05, KMchtr_W09, KMchtr_W12, KMChtr_W17</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">KMChtr_W05, KMchtr_W09, KMchtr_W12, KMChtr_W17, KMChtr_W02, KMChtr_W03, KMChtr_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>