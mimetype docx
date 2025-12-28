--- v0 (2025-10-30)
+++ v1 (2025-12-28)
@@ -761,51 +761,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMChtr_W01, KMchtr_W06, KMchtr_W07, KMChtr_W17</w:t>
+        <w:t xml:space="preserve">KMchtr_W06, KMchtr_W07, KMChtr_W17, KMChtr_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1181,51 +1181,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMChtr_W05, KMchtr_W06, KMChtr_W01, KMChtr_W04</w:t>
+        <w:t xml:space="preserve">KMChtr_W01, KMChtr_W04, KMChtr_W05, KMchtr_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>