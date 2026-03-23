--- v1 (2025-12-28)
+++ v2 (2026-03-23)
@@ -761,51 +761,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_W06, KMchtr_W07, KMChtr_W17, KMChtr_W01</w:t>
+        <w:t xml:space="preserve">KMChtr_W17, KMChtr_W01, KMchtr_W06, KMchtr_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1401,51 +1401,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_U07, KMchtr_U08, KMchtr_U10, KMchtr_U11, KMChtr_U16</w:t>
+        <w:t xml:space="preserve">KMchtr_U10, KMchtr_U11, KMChtr_U16, KMchtr_U07, KMchtr_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>