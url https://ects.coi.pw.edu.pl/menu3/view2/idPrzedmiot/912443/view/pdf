--- v0 (2025-10-05)
+++ v1 (2025-11-01)
@@ -776,87 +776,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMchtr_W20, KMChtr_W17, KMchtr_W18, KMchtr_W19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MTPOJ-ISP-0321_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma uporządkowaną, podbudowaną teoretycznie wiedzę ogólną obejmującą kluczowe zagadnienia z zakresu budowy i teorii układów napędowych pojazdów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia, ustny sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena sprawozdań.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMChtr_W17, KMchtr_W18, KMchtr_W19, KMchtr_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MTPOJ-ISP-0321_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MTPOJ-ISP-0321_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma uporządkowaną, podbudowaną teoretycznie wiedzę ogólną obejmującą kluczowe zagadnienia z zakresu budowy i teorii układów napędowych pojazdów.</w:t>
+        <w:t xml:space="preserve">Zna podstawowe metody obliczeniowe i eksperymentalne, stosowane przy rozwiązywaniu prostych zagadnień związanych z projektowaniem układów napędowych pojazdów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia, ustny sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena sprawozdań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -875,452 +945,382 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MTPOJ-ISP-0321_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MTPOJ-ISP-0321_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe metody obliczeniowe i eksperymentalne, stosowane przy rozwiązywaniu prostych zagadnień związanych z projektowaniem układów napędowych pojazdów.</w:t>
+        <w:t xml:space="preserve">Posiada wiedzę o materiałach stosowanych w układach napędowych pojazdów i ich podstawowych właściwościach mechanicznych, wynikających z procesu technologicznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMChtr_W17, KMchtr_W18, KMchtr_W19, KMchtr_W20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MTPOJ-ISP-0321_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady określania i wyznaczania obciążeń projektowych i ich efektów, niezbędnych do projektowania układów napędowych pojazdów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Kolokwia, ustny sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena sprawozdań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">KMChtr_W17, KMchtr_W18, KMchtr_W19, KMchtr_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MTPOJ-ISP-0321_W4: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MTPOJ-ISP-0321_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę o materiałach stosowanych w układach napędowych pojazdów i ich podstawowych właściwościach mechanicznych, wynikających z procesu technologicznego.</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić podstawowe obliczenia zespołów układu napędowego i sformułować stosowne kryteria projektowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMChtr_W17, KMchtr_W18, KMchtr_W19, KMchtr_W20</w:t>
+        <w:t xml:space="preserve">KMchtr_U15, KMChtr_U16, KMchtr_U17, KMchtr_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MTPOJ-ISP-0321_W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MTPOJ-ISP-0321_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasady określania i wyznaczania obciążeń projektowych i ich efektów, niezbędnych do projektowania układów napędowych pojazdów</w:t>
+        <w:t xml:space="preserve">Potrafi wyznaczyć obciążenia projektowe dla podstawowych zespołów układu napędowego pojazdu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia, ustny sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena sprawozdań</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMchtr_U15, KMChtr_U16, KMchtr_U17, KMchtr_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MTPOJ-ISP-0321_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi dobrać parametry zespołów układu napędowego dla danego pojazdu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Kolokwia, ustny sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena sprawozdań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMChtr_W17, KMchtr_W18, KMchtr_W19, KMchtr_W20</w:t>
-[...219 lines deleted...]
-        <w:t xml:space="preserve">KMchtr_U15, KMChtr_U16, KMchtr_U17, KMchtr_U18</w:t>
+        <w:t xml:space="preserve">KMchtr_U18, KMchtr_U15, KMChtr_U16, KMchtr_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>