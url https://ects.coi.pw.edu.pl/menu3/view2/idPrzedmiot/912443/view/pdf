--- v1 (2025-11-01)
+++ v2 (2025-12-28)
@@ -776,87 +776,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMChtr_W17, KMchtr_W18, KMchtr_W19, KMchtr_W20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MTPOJ-ISP-0321_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma uporządkowaną, podbudowaną teoretycznie wiedzę ogólną obejmującą kluczowe zagadnienia z zakresu budowy i teorii układów napędowych pojazdów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia, ustny sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena sprawozdań.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMchtr_W20, KMChtr_W17, KMchtr_W18, KMchtr_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MTPOJ-ISP-0321_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MTPOJ-ISP-0321_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma uporządkowaną, podbudowaną teoretycznie wiedzę ogólną obejmującą kluczowe zagadnienia z zakresu budowy i teorii układów napędowych pojazdów.</w:t>
+        <w:t xml:space="preserve">Zna podstawowe metody obliczeniowe i eksperymentalne, stosowane przy rozwiązywaniu prostych zagadnień związanych z projektowaniem układów napędowych pojazdów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia, ustny sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena sprawozdań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -875,452 +945,382 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MTPOJ-ISP-0321_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MTPOJ-ISP-0321_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe metody obliczeniowe i eksperymentalne, stosowane przy rozwiązywaniu prostych zagadnień związanych z projektowaniem układów napędowych pojazdów.</w:t>
+        <w:t xml:space="preserve">Posiada wiedzę o materiałach stosowanych w układach napędowych pojazdów i ich podstawowych właściwościach mechanicznych, wynikających z procesu technologicznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMChtr_W17, KMchtr_W18, KMchtr_W19, KMchtr_W20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MTPOJ-ISP-0321_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady określania i wyznaczania obciążeń projektowych i ich efektów, niezbędnych do projektowania układów napędowych pojazdów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Kolokwia, ustny sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena sprawozdań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">KMChtr_W17, KMchtr_W18, KMchtr_W19, KMchtr_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MTPOJ-ISP-0321_W4: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MTPOJ-ISP-0321_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę o materiałach stosowanych w układach napędowych pojazdów i ich podstawowych właściwościach mechanicznych, wynikających z procesu technologicznego.</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić podstawowe obliczenia zespołów układu napędowego i sformułować stosowne kryteria projektowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMChtr_W17, KMchtr_W18, KMchtr_W19, KMchtr_W20</w:t>
+        <w:t xml:space="preserve">KMchtr_U15, KMChtr_U16, KMchtr_U17, KMchtr_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MTPOJ-ISP-0321_W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MTPOJ-ISP-0321_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasady określania i wyznaczania obciążeń projektowych i ich efektów, niezbędnych do projektowania układów napędowych pojazdów</w:t>
+        <w:t xml:space="preserve">Potrafi wyznaczyć obciążenia projektowe dla podstawowych zespołów układu napędowego pojazdu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia, ustny sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena sprawozdań</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMchtr_U15, KMChtr_U16, KMchtr_U17, KMchtr_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MTPOJ-ISP-0321_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi dobrać parametry zespołów układu napędowego dla danego pojazdu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Kolokwia, ustny sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena sprawozdań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMChtr_W17, KMchtr_W18, KMchtr_W19, KMchtr_W20</w:t>
-[...78 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">KMchtr_U15, KMChtr_U16, KMchtr_U17, KMchtr_U18</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">KMchtr_U18, KMchtr_U15, KMChtr_U16, KMchtr_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>