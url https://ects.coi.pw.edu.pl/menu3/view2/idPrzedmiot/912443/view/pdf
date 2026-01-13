--- v2 (2025-12-28)
+++ v3 (2026-01-13)
@@ -776,551 +776,551 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMchtr_W18, KMchtr_W19, KMchtr_W20, KMChtr_W17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MTPOJ-ISP-0321_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma uporządkowaną, podbudowaną teoretycznie wiedzę ogólną obejmującą kluczowe zagadnienia z zakresu budowy i teorii układów napędowych pojazdów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia, ustny sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena sprawozdań.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMChtr_W17, KMchtr_W18, KMchtr_W19, KMchtr_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MTPOJ-ISP-0321_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MTPOJ-ISP-0321_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma uporządkowaną, podbudowaną teoretycznie wiedzę ogólną obejmującą kluczowe zagadnienia z zakresu budowy i teorii układów napędowych pojazdów.</w:t>
+        <w:t xml:space="preserve">Zna podstawowe metody obliczeniowe i eksperymentalne, stosowane przy rozwiązywaniu prostych zagadnień związanych z projektowaniem układów napędowych pojazdów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia, ustny sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena sprawozdań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_W20, KMChtr_W17, KMchtr_W18, KMchtr_W19</w:t>
+        <w:t xml:space="preserve">KMChtr_W17, KMchtr_W18, KMchtr_W19, KMchtr_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MTPOJ-ISP-0321_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MTPOJ-ISP-0321_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe metody obliczeniowe i eksperymentalne, stosowane przy rozwiązywaniu prostych zagadnień związanych z projektowaniem układów napędowych pojazdów.</w:t>
+        <w:t xml:space="preserve">Posiada wiedzę o materiałach stosowanych w układach napędowych pojazdów i ich podstawowych właściwościach mechanicznych, wynikających z procesu technologicznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMChtr_W17, KMchtr_W18, KMchtr_W19, KMchtr_W20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MTPOJ-ISP-0321_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady określania i wyznaczania obciążeń projektowych i ich efektów, niezbędnych do projektowania układów napędowych pojazdów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Kolokwia, ustny sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena sprawozdań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">KMChtr_W17, KMchtr_W18, KMchtr_W19, KMchtr_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MTPOJ-ISP-0321_W4: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MTPOJ-ISP-0321_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę o materiałach stosowanych w układach napędowych pojazdów i ich podstawowych właściwościach mechanicznych, wynikających z procesu technologicznego.</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić podstawowe obliczenia zespołów układu napędowego i sformułować stosowne kryteria projektowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMChtr_W17, KMchtr_W18, KMchtr_W19, KMchtr_W20</w:t>
+        <w:t xml:space="preserve">KMchtr_U15, KMChtr_U16, KMchtr_U17, KMchtr_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MTPOJ-ISP-0321_W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MTPOJ-ISP-0321_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasady określania i wyznaczania obciążeń projektowych i ich efektów, niezbędnych do projektowania układów napędowych pojazdów</w:t>
+        <w:t xml:space="preserve">Potrafi wyznaczyć obciążenia projektowe dla podstawowych zespołów układu napędowego pojazdu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia, ustny sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena sprawozdań</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMchtr_U15, KMChtr_U16, KMchtr_U17, KMchtr_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MTPOJ-ISP-0321_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi dobrać parametry zespołów układu napędowego dla danego pojazdu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Kolokwia, ustny sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena sprawozdań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMChtr_W17, KMchtr_W18, KMchtr_W19, KMchtr_W20</w:t>
-[...219 lines deleted...]
-        <w:t xml:space="preserve">KMchtr_U15, KMChtr_U16, KMchtr_U17, KMchtr_U18</w:t>
+        <w:t xml:space="preserve">KMChtr_U16, KMchtr_U17, KMchtr_U18, KMchtr_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>