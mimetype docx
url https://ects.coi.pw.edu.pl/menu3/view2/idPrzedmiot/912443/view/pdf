--- v3 (2026-01-13)
+++ v4 (2026-02-09)
@@ -776,551 +776,551 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMChtr_W17, KMchtr_W18, KMchtr_W19, KMchtr_W20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MTPOJ-ISP-0321_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma uporządkowaną, podbudowaną teoretycznie wiedzę ogólną obejmującą kluczowe zagadnienia z zakresu budowy i teorii układów napędowych pojazdów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia, ustny sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena sprawozdań.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMChtr_W17, KMchtr_W18, KMchtr_W19, KMchtr_W20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MTPOJ-ISP-0321_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe metody obliczeniowe i eksperymentalne, stosowane przy rozwiązywaniu prostych zagadnień związanych z projektowaniem układów napędowych pojazdów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia, ustny sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena sprawozdań.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMChtr_W17, KMchtr_W18, KMchtr_W19, KMchtr_W20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MTPOJ-ISP-0321_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę o materiałach stosowanych w układach napędowych pojazdów i ich podstawowych właściwościach mechanicznych, wynikających z procesu technologicznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMChtr_W17, KMchtr_W18, KMchtr_W19, KMchtr_W20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MTPOJ-ISP-0321_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady określania i wyznaczania obciążeń projektowych i ich efektów, niezbędnych do projektowania układów napędowych pojazdów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia, ustny sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena sprawozdań.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMchtr_W18, KMchtr_W19, KMchtr_W20, KMChtr_W17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MTPOJ-ISP-0321_W2: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MTPOJ-ISP-0321_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma uporządkowaną, podbudowaną teoretycznie wiedzę ogólną obejmującą kluczowe zagadnienia z zakresu budowy i teorii układów napędowych pojazdów.</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić podstawowe obliczenia zespołów układu napędowego i sformułować stosowne kryteria projektowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMchtr_U15, KMChtr_U16, KMchtr_U17, KMchtr_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MTPOJ-ISP-0321_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wyznaczyć obciążenia projektowe dla podstawowych zespołów układu napędowego pojazdu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia, ustny sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena sprawozdań</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMchtr_U15, KMChtr_U16, KMchtr_U17, KMchtr_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MTPOJ-ISP-0321_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi dobrać parametry zespołów układu napędowego dla danego pojazdu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Kolokwia, ustny sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena sprawozdań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMChtr_W17, KMchtr_W18, KMchtr_W19, KMchtr_W20</w:t>
-[...288 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">KMchtr_U15, KMChtr_U16, KMchtr_U17, KMchtr_U18</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">KMChtr_U16, KMchtr_U17, KMchtr_U18, KMchtr_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>