--- v4 (2026-02-09)
+++ v5 (2026-03-24)
@@ -1056,51 +1056,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia, ustny sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena sprawozdań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_W18, KMchtr_W19, KMchtr_W20, KMChtr_W17</w:t>
+        <w:t xml:space="preserve">KMChtr_W17, KMchtr_W18, KMchtr_W19, KMchtr_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>