--- v0 (2025-10-06)
+++ v1 (2025-11-03)
@@ -826,51 +826,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, ustny sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena sprawozdań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMChtr_W17, KMchtr_W18, KMchtr_W19, KMchtr_W20</w:t>
+        <w:t xml:space="preserve">KMchtr_W20, KMChtr_W17, KMchtr_W18, KMchtr_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>