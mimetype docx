--- v1 (2025-11-03)
+++ v2 (2026-01-10)
@@ -826,51 +826,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, ustny sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena sprawozdań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_W20, KMChtr_W17, KMchtr_W18, KMchtr_W19</w:t>
+        <w:t xml:space="preserve">KMChtr_W17, KMchtr_W18, KMchtr_W19, KMchtr_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1186,51 +1186,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, ustny sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena sprawozdań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_U15, KMChtr_U16, KMchtr_U17, KMchtr_U18, KMchtr_U20</w:t>
+        <w:t xml:space="preserve">KMchtr_U18, KMchtr_U20, KMchtr_U15, KMChtr_U16, KMchtr_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>