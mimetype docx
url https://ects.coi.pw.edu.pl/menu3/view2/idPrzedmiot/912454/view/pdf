--- v2 (2026-01-10)
+++ v3 (2026-02-09)
@@ -896,341 +896,341 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, ustny sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena sprawozdań</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMchtr_W19, KMchtr_W20, KMChtr_W17, KMchtr_W18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MTRMR-ISP-0407_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę na temat wyboru parametrów do monitorowania dla: koparki, ładowarki, spycharki, zgarniarki, suwnicy, dźwigu osobowego, żurawia wieżowego i teleskopowego, ciągnika rolniczego i wózka widłowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, ustny sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena sprawozdań</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMChtr_W17, KMchtr_W18, KMchtr_W19, KMchtr_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MTRMR-ISP-0407_W4: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MTRMR-ISP-0407_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę na temat wyboru parametrów do monitorowania dla: koparki, ładowarki, spycharki, zgarniarki, suwnicy, dźwigu osobowego, żurawia wieżowego i teleskopowego, ciągnika rolniczego i wózka widłowego.</w:t>
+        <w:t xml:space="preserve">Zna sposoby  i metody budowania systemów HMI (operator maszyna - budowlana – otoczenie). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, ustny sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena sprawozdań</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMChtr_W17, KMchtr_W18, KMchtr_W19, KMchtr_W20</w:t>
+        <w:t xml:space="preserve">KMchtr_U15, KMChtr_U16, KMchtr_U17, KMchtr_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MTRMR-ISP-0407_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MTRMR-ISP-0407_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna sposoby  i metody budowania systemów HMI (operator maszyna - budowlana – otoczenie). </w:t>
+        <w:t xml:space="preserve">Potrafi wybrać parametry do monitorowania, dobrać systemy mechatroniczne (czujniki, komputery pokładowe, panele operatorskie) dla typowych maszyn (koparki, ładowarki, spychacze, żurawie, suwnice itp.).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium, ustny sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena sprawozdań</w:t>
+        <w:t xml:space="preserve">Kolokwium, ustny sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena sprawozdań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">KMchtr_U15, KMChtr_U16, KMchtr_U17, KMchtr_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MTRMR-ISP-0407_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MTRMR-ISP-0407_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wybrać parametry do monitorowania, dobrać systemy mechatroniczne (czujniki, komputery pokładowe, panele operatorskie) dla typowych maszyn (koparki, ładowarki, spychacze, żurawie, suwnice itp.).</w:t>
+        <w:t xml:space="preserve">Potrafi  zaprojektować i zbudować system monitorowania dla wybranej maszyny.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, ustny sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena sprawozdań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_U15, KMChtr_U16, KMchtr_U17, KMchtr_U18</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">KMchtr_U18, KMchtr_U20, KMchtr_U15, KMChtr_U16, KMchtr_U17</w:t>
+        <w:t xml:space="preserve">KMchtr_U15, KMChtr_U16, KMchtr_U17, KMchtr_U18, KMchtr_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>