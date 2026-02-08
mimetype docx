--- v0 (2025-12-27)
+++ v1 (2026-02-08)
@@ -979,51 +979,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium w formie pisemnej, ewentualnie uzupełnione w formie odpowiedzi ustnej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W05, K_W04</w:t>
+        <w:t xml:space="preserve">K_W04, K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1565,51 +1565,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.3.o, III.P7S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.3.o, III.P7S_UW.4.o, I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przygotować i przedstawić ustną prezentację poświęconą wynikom realizacji projektu lub zadania inżynierskiego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>