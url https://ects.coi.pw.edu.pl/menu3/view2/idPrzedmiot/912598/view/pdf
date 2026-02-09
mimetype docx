--- v1 (2026-01-08)
+++ v2 (2026-02-09)
@@ -836,51 +836,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena sprawozdania z ćwiczeń laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM2_W06, KMiBM2_W13</w:t>
+        <w:t xml:space="preserve">KMiBM2_W13, KMiBM2_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -986,51 +986,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena sprawozdania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM2_U16, KMiBM_U17, KMiBM2_U19, KMiBM2_U04</w:t>
+        <w:t xml:space="preserve">KMiBM2_U04, KMiBM2_U16, KMiBM_U17, KMiBM2_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>