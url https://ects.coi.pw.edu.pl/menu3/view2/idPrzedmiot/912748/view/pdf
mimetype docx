--- v0 (2026-01-12)
+++ v1 (2026-02-08)
@@ -902,87 +902,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ćwiczenie zaliczające (ocena wykonywanego przez studenta zadania).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_W17, KMiBM_W18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0207_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student posiada wiedzę na temat analizy technologiczności kształtu brył za pomocą narzędzi danym systemie 3D CAD i 3D CAM oraz wiej jakie są zasady programowania obróbki zgrubnej (objętościowej) dla frezowania na obrabiarkach CNC frezami palcowymi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ćwiczenie zaliczające (ocena wykonywanego przez studenta zadania).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMiBM_W17, KMiBM_W18, KMiBM_W19, KMiBM_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0207_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0207_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student posiada wiedzę na temat analizy technologiczności kształtu brył za pomocą narzędzi danym systemie 3D CAD i 3D CAM oraz wiej jakie są zasady programowania obróbki zgrubnej (objętościowej) dla frezowania na obrabiarkach CNC frezami palcowymi. </w:t>
+        <w:t xml:space="preserve">Student posiada podstawową wiedzę na temat zasad użycia optycznych skanerów 3D oraz metod otrzymywania siatek trójkątów z chmur punktów, a z potem uzyskiwania z nich powierzchni NURBS w danym systemie3D CAD. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ćwiczenie zaliczające (ocena wykonywanego przez studenta zadania).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1001,58 +1071,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0207_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0207_W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student posiada podstawową wiedzę na temat zasad użycia optycznych skanerów 3D oraz metod otrzymywania siatek trójkątów z chmur punktów, a z potem uzyskiwania z nich powierzchni NURBS w danym systemie3D CAD. </w:t>
+        <w:t xml:space="preserve">Student posiada podstawową wiedzę na temat technik przyrostowych (szczególnie o FDM), wie co to jest i jak zbudowany jest format pliku STL; wie jak wpływają parametry odchylenia liniowego i kątowego na generowaną siatkę trójkątów z brył; wie jaki jest wpływy pochylenia ścian geometrii na generowanie struktur podporowych w danym systemie 3D CAM.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ćwiczenie zaliczające (ocena wykonywanego przez studenta zadania).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1063,146 +1133,146 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">KMiBM_W17, KMiBM_W18, KMiBM_W19, KMiBM_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0207_W5: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0207_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student posiada podstawową wiedzę na temat technik przyrostowych (szczególnie o FDM), wie co to jest i jak zbudowany jest format pliku STL; wie jak wpływają parametry odchylenia liniowego i kątowego na generowaną siatkę trójkątów z brył; wie jaki jest wpływy pochylenia ścian geometrii na generowanie struktur podporowych w danym systemie 3D CAM.</w:t>
+        <w:t xml:space="preserve">Student potrafi opracowywać (w danym systemie 3D CAD) rozłożenia blach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ćwiczenie zaliczające (ocena wykonywanego przez studenta zadania).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W17, KMiBM_W18, KMiBM_W19, KMiBM_W20</w:t>
+        <w:t xml:space="preserve">KMiBM_U15, KMiBM_U16, KMiBM_U17, KMiBM_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0207_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0207_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi opracowywać (w danym systemie 3D CAD) rozłożenia blach.</w:t>
+        <w:t xml:space="preserve">Student potrafi zamodelować (w danym systemie 3D CAD) powierzchnie NURBS połączone ze sobą wg: ciągłości geometrii (G0), ciągłości styczności (G1) i ciągłości krzywizny (G2).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ćwiczenie zaliczające (ocena wykonywanego przez studenta zadania).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1221,58 +1291,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0207_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0207_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi zamodelować (w danym systemie 3D CAD) powierzchnie NURBS połączone ze sobą wg: ciągłości geometrii (G0), ciągłości styczności (G1) i ciągłości krzywizny (G2).</w:t>
+        <w:t xml:space="preserve">Student potrafi przeprowadzić analizy technologiczności kształtu brył za pomocą narzędzi w danym systemie 3D CAD i 3D CAM oraz umie opracować program obróbki zgrubnej (objętościowej) dla frezowania na obrabiarkach CNC frezami palcowymi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ćwiczenie zaliczające (ocena wykonywanego przez studenta zadania).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1291,58 +1361,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0207_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0207_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi przeprowadzić analizy technologiczności kształtu brył za pomocą narzędzi w danym systemie 3D CAD i 3D CAM oraz umie opracować program obróbki zgrubnej (objętościowej) dla frezowania na obrabiarkach CNC frezami palcowymi.</w:t>
+        <w:t xml:space="preserve">Student potrafi zamodelować (w danym systemie 3D CAD) siatkę trójkątów z chmury punktów oraz później uzyskać z nich parametryczną powierzchnię NURBS.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ćwiczenie zaliczające (ocena wykonywanego przez studenta zadania).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1361,162 +1431,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0207_U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0207_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi zamodelować (w danym systemie 3D CAD) siatkę trójkątów z chmury punktów oraz później uzyskać z nich parametryczną powierzchnię NURBS.</w:t>
+        <w:t xml:space="preserve">Student potrafi wygenerować (w danym systemie 3D CAD) z modelu bryłowego poprawny plik STL do drukowania 3D oraz potrafi sprawdzić (w danym systemie 3D CAM) zorientować go tak, aby jak najkrócej był wytwarzany na maszynach prototypujących w technologii FDM oraz aby minimalizować zużycie materiału podporowego. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ćwiczenie zaliczające (ocena wykonywanego przez studenta zadania).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U15, KMiBM_U16, KMiBM_U17, KMiBM_U18</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">KMiBM_U15, KMiBM_U16, KMiBM_U17, KMiBM_U18</w:t>
+        <w:t xml:space="preserve">KMiBM_U17, KMiBM_U18, KMiBM_U15, KMiBM_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>