--- v0 (2025-11-01)
+++ v1 (2025-12-28)
@@ -770,51 +770,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Osiągane przez studentów efekty kształcenia w zakresie wiedzy kontrolowane są przez kartkówkę wstępną (test) związany z tematyką odrabianego ćwiczenia, zadawanie pytań sprawdzających, czy studenci zrozumieli i zapamiętali przekazane im wiadomości, terminy, definicje i typowe algorytmy obliczeniowe przedstawione na wykładach, ćwiczeniach audytoryjnych oraz w zaleconej literaturze do samodzielnego przestudiowania w ramach pracy własnej. Prowadzona jest każdorazowo dyskusja dotycząca użytej strateg</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W11, KMiBM_W07, KMiBM_W09, KMiBM_W10</w:t>
+        <w:t xml:space="preserve">KMiBM_W09, KMiBM_W10, KMiBM_W11, KMiBM_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>