--- v0 (2025-10-06)
+++ v1 (2025-12-28)
@@ -1074,331 +1074,331 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny i ustny, rozmowa dopuszczająca do wykonania ćwiczenia laboratoryjnego, sprawozdanie z ćwiczenia laboratoryjnego; obserwacja sposobu wykonywania ćwiczenia laboratoryjnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_U09, KMiBM_U10, KMiBM_U13, KMiBM_U19, KMiBM_U20, KMiBM_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0301_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zastosować kryteria doboru komponentów napędu elektrycznego, wynikających z analizy charakteru obciążenia i warunków pracy napędu elektrycznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin pisemny i ustny, rozmowa dopuszczająca do wykonania ćwiczenia laboratoryjnego, sprawozdanie z ćwiczenia laboratoryjnego; obserwacja sposobu wykonywania ćwiczenia laboratoryjnego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_U07, KMiBM_U09, KMiBM_U10, KMiBM_U13, KMiBM_U19, KMiBM_U20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0301_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić i wyznaczyć obciążenia trakcyjne i robocze i ich efekty, niezbędne do projektowania napędu elektrycznego.	</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin pisemny i ustny, rozmowa dopuszczająca do wykonania ćwiczenia laboratoryjnego, Sprawozdanie z ćwiczenia laboratoryjnego; obserwacja sposobu wykonywania ćwiczenia laboratoryjnego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_U07, KMiBM_U09, KMiBM_U10, KMiBM_U13, KMiBM_U19, KMiBM_U20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0301_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wytypować szczególnie obciążone w danych warunkach komponenty napędu elektrycznego i dobrać odpowiednią technologię komponentów z uwzględnieniem ich szacunkowych kosztów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin pisemny i ustny, rozmowa dopuszczająca do wykonania ćwiczenia laboratoryjnego, Sprawozdanie z ćwiczenia laboratoryjnego; obserwacja sposobu wykonywania ćwiczenia laboratoryjnego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_U07, KMiBM_U09, KMiBM_U10, KMiBM_U13, KMiBM_U19, KMiBM_U20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0301_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić charakterystyki komponentów napędu elektrycznego, niezbędne dla ich właściwego doboru.	</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin pisemny i ustny, rozmowa dopuszczająca do wykonania ćwiczenia laboratoryjnego, Sprawozdanie z ćwiczenia laboratoryjnego; obserwacja sposobu wykonywania ćwiczenia laboratoryjnego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMiBM_U20, KMiBM_U07, KMiBM_U09, KMiBM_U10, KMiBM_U13, KMiBM_U19</w:t>
-      </w:r>
-[...278 lines deleted...]
-        <w:t xml:space="preserve">KMiBM_U07, KMiBM_U09, KMiBM_U10, KMiBM_U13, KMiBM_U19, KMiBM_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>