--- v1 (2025-12-28)
+++ v2 (2026-02-12)
@@ -784,621 +784,621 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny i ustny, rozmowa dopuszczająca do wykonania ćwiczenia laboratoryjnego, sprawozdanie z ćwiczenia laboratoryjnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_W13, KMiBM_W15, KMiBM_W16, KMiBM_W21, KMiBM_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0301_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę o kryteriach doboru komponentów napędu elektrycznego, wynikających z analizy charakteru obciążenia i warunków pracy napędu elektrycznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin pisemny i ustny, rozmowa dopuszczająca do wykonania ćwiczenia laboratoryjnego, sprawozdanie z ćwiczenia laboratoryjnego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_W12, KMiBM_W13, KMiBM_W15, KMiBM_W16, KMiBM_W23</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0301_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady określania i wyznaczania obciążeń trakcyjnych i roboczych i ich efektów, niezbędnych do projektowania napędu elektrycznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin pisemny i ustny, rozmowa dopuszczająca do wykonania ćwiczenia laboratoryjnego, sprawozdanie z ćwiczenia laboratoryjnego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMiBM_W12, KMiBM_W13, KMiBM_W15, KMiBM_W16, KMiBM_W21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0301_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0301_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę o kryteriach doboru komponentów napędu elektrycznego, wynikających z analizy charakteru obciążenia i warunków pracy napędu elektrycznego.</w:t>
+        <w:t xml:space="preserve">Zna charakterystyki komponentów napędu elektrycznego, niezbędne dla ich właściwego doboru.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny i ustny, rozmowa dopuszczająca do wykonania ćwiczenia laboratoryjnego, sprawozdanie z ćwiczenia laboratoryjnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W12, KMiBM_W13, KMiBM_W15, KMiBM_W16, KMiBM_W23</w:t>
+        <w:t xml:space="preserve">KMiBM_W12, KMiBM_W13, KMiBM_W15, KMiBM_W16, KMiBM_W21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0301_W3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0301_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasady określania i wyznaczania obciążeń trakcyjnych i roboczych i ich efektów, niezbędnych do projektowania napędu elektrycznego.</w:t>
+        <w:t xml:space="preserve">Potrafi dobrać komponenty napędów elektrycznych na podstawie ich podstawowych właściwościach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin pisemny i ustny, rozmowa dopuszczająca do wykonania ćwiczenia laboratoryjnego, sprawozdanie z ćwiczenia laboratoryjnego.</w:t>
+        <w:t xml:space="preserve">Egzamin pisemny i ustny, rozmowa dopuszczająca do wykonania ćwiczenia laboratoryjnego, sprawozdanie z ćwiczenia laboratoryjnego; obserwacja sposobu wykonywania ćwiczenia laboratoryjnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W12, KMiBM_W13, KMiBM_W15, KMiBM_W16, KMiBM_W21</w:t>
+        <w:t xml:space="preserve">KMiBM_U07, KMiBM_U09, KMiBM_U10, KMiBM_U13, KMiBM_U19, KMiBM_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0301_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0301_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna charakterystyki komponentów napędu elektrycznego, niezbędne dla ich właściwego doboru.</w:t>
+        <w:t xml:space="preserve">Potrafi zastosować kryteria doboru komponentów napędu elektrycznego, wynikających z analizy charakteru obciążenia i warunków pracy napędu elektrycznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin pisemny i ustny, rozmowa dopuszczająca do wykonania ćwiczenia laboratoryjnego, sprawozdanie z ćwiczenia laboratoryjnego.</w:t>
+        <w:t xml:space="preserve">Egzamin pisemny i ustny, rozmowa dopuszczająca do wykonania ćwiczenia laboratoryjnego, sprawozdanie z ćwiczenia laboratoryjnego; obserwacja sposobu wykonywania ćwiczenia laboratoryjnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W12, KMiBM_W13, KMiBM_W15, KMiBM_W16, KMiBM_W21</w:t>
+        <w:t xml:space="preserve">KMiBM_U13, KMiBM_U19, KMiBM_U20, KMiBM_U07, KMiBM_U09, KMiBM_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0301_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0301_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi dobrać komponenty napędów elektrycznych na podstawie ich podstawowych właściwościach</w:t>
+        <w:t xml:space="preserve">Potrafi określić i wyznaczyć obciążenia trakcyjne i robocze i ich efekty, niezbędne do projektowania napędu elektrycznego.	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin pisemny i ustny, rozmowa dopuszczająca do wykonania ćwiczenia laboratoryjnego, sprawozdanie z ćwiczenia laboratoryjnego; obserwacja sposobu wykonywania ćwiczenia laboratoryjnego</w:t>
+        <w:t xml:space="preserve">Egzamin pisemny i ustny, rozmowa dopuszczająca do wykonania ćwiczenia laboratoryjnego, Sprawozdanie z ćwiczenia laboratoryjnego; obserwacja sposobu wykonywania ćwiczenia laboratoryjnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U09, KMiBM_U10, KMiBM_U13, KMiBM_U19, KMiBM_U20, KMiBM_U07</w:t>
+        <w:t xml:space="preserve">KMiBM_U07, KMiBM_U09, KMiBM_U10, KMiBM_U13, KMiBM_U19, KMiBM_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0301_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0301_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zastosować kryteria doboru komponentów napędu elektrycznego, wynikających z analizy charakteru obciążenia i warunków pracy napędu elektrycznego.</w:t>
+        <w:t xml:space="preserve">Potrafi wytypować szczególnie obciążone w danych warunkach komponenty napędu elektrycznego i dobrać odpowiednią technologię komponentów z uwzględnieniem ich szacunkowych kosztów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin pisemny i ustny, rozmowa dopuszczająca do wykonania ćwiczenia laboratoryjnego, sprawozdanie z ćwiczenia laboratoryjnego; obserwacja sposobu wykonywania ćwiczenia laboratoryjnego</w:t>
+        <w:t xml:space="preserve">Egzamin pisemny i ustny, rozmowa dopuszczająca do wykonania ćwiczenia laboratoryjnego, Sprawozdanie z ćwiczenia laboratoryjnego; obserwacja sposobu wykonywania ćwiczenia laboratoryjnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">KMiBM_U07, KMiBM_U09, KMiBM_U10, KMiBM_U13, KMiBM_U19, KMiBM_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0301_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0301_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi określić i wyznaczyć obciążenia trakcyjne i robocze i ich efekty, niezbędne do projektowania napędu elektrycznego.	</w:t>
+        <w:t xml:space="preserve">Potrafi określić charakterystyki komponentów napędu elektrycznego, niezbędne dla ich właściwego doboru.	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny i ustny, rozmowa dopuszczająca do wykonania ćwiczenia laboratoryjnego, Sprawozdanie z ćwiczenia laboratoryjnego; obserwacja sposobu wykonywania ćwiczenia laboratoryjnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">KMiBM_U07, KMiBM_U09, KMiBM_U10, KMiBM_U13, KMiBM_U19, KMiBM_U20</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">KMiBM_U20, KMiBM_U07, KMiBM_U09, KMiBM_U10, KMiBM_U13, KMiBM_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>