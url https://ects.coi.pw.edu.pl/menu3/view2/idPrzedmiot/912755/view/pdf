--- v2 (2026-02-12)
+++ v3 (2026-03-23)
@@ -784,51 +784,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny i ustny, rozmowa dopuszczająca do wykonania ćwiczenia laboratoryjnego, sprawozdanie z ćwiczenia laboratoryjnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W13, KMiBM_W15, KMiBM_W16, KMiBM_W21, KMiBM_W12</w:t>
+        <w:t xml:space="preserve">KMiBM_W16, KMiBM_W21, KMiBM_W12, KMiBM_W13, KMiBM_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1144,51 +1144,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny i ustny, rozmowa dopuszczająca do wykonania ćwiczenia laboratoryjnego, sprawozdanie z ćwiczenia laboratoryjnego; obserwacja sposobu wykonywania ćwiczenia laboratoryjnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U13, KMiBM_U19, KMiBM_U20, KMiBM_U07, KMiBM_U09, KMiBM_U10</w:t>
+        <w:t xml:space="preserve">KMiBM_U10, KMiBM_U13, KMiBM_U19, KMiBM_U20, KMiBM_U07, KMiBM_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>