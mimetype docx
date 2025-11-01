--- v0 (2025-10-05)
+++ v1 (2025-11-01)
@@ -911,51 +911,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W05, KMiBM_W06, KMiBM_W04</w:t>
+        <w:t xml:space="preserve">KMiBM_W04, KMiBM_W05, KMiBM_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1421,51 +1421,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_K04, KMiBM_K05</w:t>
+        <w:t xml:space="preserve">KMiBM_K05, KMiBM_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>