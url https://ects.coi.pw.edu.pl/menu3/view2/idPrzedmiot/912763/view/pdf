--- v1 (2025-11-01)
+++ v2 (2025-12-28)
@@ -771,87 +771,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_W05, KMiBM_W06, KMiBM_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0318_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę o metodach obliczeń wytrzymałościowych elementów maszyn.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian pisemny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMiBM_W04, KMiBM_W05, KMiBM_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0318_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0318_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę o metodach obliczeń wytrzymałościowych elementów maszyn.</w:t>
+        <w:t xml:space="preserve">Zna zasady określania współczynników bezpieczeństwa i naprężeń dopuszczalnych dla obciążeń stałych i zmiennych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -870,128 +940,128 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0318_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0318_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasady określania współczynników bezpieczeństwa i naprężeń dopuszczalnych dla obciążeń stałych i zmiennych.</w:t>
+        <w:t xml:space="preserve">Zna zasady projektowania prostych połączeń (gwintowe, kształtowe, wciskowe, spawane itp.) przenoszące zadane obciążenie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W04, KMiBM_W05, KMiBM_W06</w:t>
+        <w:t xml:space="preserve">KMiBM_W04, KMiBM_W05, KMiBM_W06, KMiBM_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0318_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0318_W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasady projektowania prostych połączeń (gwintowe, kształtowe, wciskowe, spawane itp.) przenoszące zadane obciążenie.</w:t>
+        <w:t xml:space="preserve">Zna zasady projektowania wałów maszynowych i przekładni.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1010,462 +1080,392 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0318_W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0318_W6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasady projektowania wałów maszynowych i przekładni.</w:t>
+        <w:t xml:space="preserve">Zna zasady zapisu konstrukcji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W04, KMiBM_W05, KMiBM_W06, KMiBM_W11</w:t>
+        <w:t xml:space="preserve">KMiBM_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0318_W6: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0318_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasady zapisu konstrukcji.</w:t>
+        <w:t xml:space="preserve">Potrafi zaprojektować i zastosować w projektowanym układzie napędowym proste połączenia (gwintowe, kształtowe, wciskowe, spawane itp.) przenoszące zadane obciążenie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Sprawdzian pisemny</w:t>
+        <w:t xml:space="preserve">Projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W07</w:t>
+        <w:t xml:space="preserve">KMiBM_U03, KMiBM_U04, KMiBM_U05, KMiBM_U07, KMiBM_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0318_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zaprojektować elementy mechaniczne układu napędowego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_U03, KMiBM_U04, KMiBM_U05, KMiBM_U07, KMiBM_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0318_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi właściwie zastosować zasady zapisu konstrukcji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_U10, KMiBM_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0318_U1: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0318_K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zaprojektować i zastosować w projektowanym układzie napędowym proste połączenia (gwintowe, kształtowe, wciskowe, spawane itp.) przenoszące zadane obciążenie</w:t>
+        <w:t xml:space="preserve">Potrafi samodzielnie wykonać zadanie projektowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U03, KMiBM_U04, KMiBM_U05, KMiBM_U07, KMiBM_U08</w:t>
-[...219 lines deleted...]
-        <w:t xml:space="preserve">KMiBM_K05, KMiBM_K04</w:t>
+        <w:t xml:space="preserve">KMiBM_K04, KMiBM_K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>