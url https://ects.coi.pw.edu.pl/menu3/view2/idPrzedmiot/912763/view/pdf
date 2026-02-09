--- v2 (2025-12-28)
+++ v3 (2026-02-09)
@@ -771,51 +771,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W05, KMiBM_W06, KMiBM_W04</w:t>
+        <w:t xml:space="preserve">KMiBM_W04, KMiBM_W05, KMiBM_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1271,51 +1271,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U03, KMiBM_U04, KMiBM_U05, KMiBM_U07, KMiBM_U08</w:t>
+        <w:t xml:space="preserve">KMiBM_U08, KMiBM_U03, KMiBM_U04, KMiBM_U05, KMiBM_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1341,51 +1341,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U10, KMiBM_U07</w:t>
+        <w:t xml:space="preserve">KMiBM_U07, KMiBM_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>