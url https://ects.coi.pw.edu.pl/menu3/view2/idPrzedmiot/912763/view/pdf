--- v3 (2026-02-09)
+++ v4 (2026-03-23)
@@ -841,157 +841,227 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_W06, KMiBM_W04, KMiBM_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0318_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady określania współczynników bezpieczeństwa i naprężeń dopuszczalnych dla obciążeń stałych i zmiennych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian pisemny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMiBM_W04, KMiBM_W05, KMiBM_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0318_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0318_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasady określania współczynników bezpieczeństwa i naprężeń dopuszczalnych dla obciążeń stałych i zmiennych.</w:t>
+        <w:t xml:space="preserve">Zna zasady projektowania prostych połączeń (gwintowe, kształtowe, wciskowe, spawane itp.) przenoszące zadane obciążenie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W04, KMiBM_W05, KMiBM_W06</w:t>
+        <w:t xml:space="preserve">KMiBM_W04, KMiBM_W05, KMiBM_W06, KMiBM_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0318_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0318_W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasady projektowania prostych połączeń (gwintowe, kształtowe, wciskowe, spawane itp.) przenoszące zadane obciążenie.</w:t>
+        <w:t xml:space="preserve">Zna zasady projektowania wałów maszynowych i przekładni.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1010,312 +1080,242 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0318_W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0318_W6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasady projektowania wałów maszynowych i przekładni.</w:t>
+        <w:t xml:space="preserve">Zna zasady zapisu konstrukcji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W04, KMiBM_W05, KMiBM_W06, KMiBM_W11</w:t>
+        <w:t xml:space="preserve">KMiBM_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0318_W6: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0318_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasady zapisu konstrukcji.</w:t>
+        <w:t xml:space="preserve">Potrafi zaprojektować i zastosować w projektowanym układzie napędowym proste połączenia (gwintowe, kształtowe, wciskowe, spawane itp.) przenoszące zadane obciążenie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Sprawdzian pisemny</w:t>
+        <w:t xml:space="preserve">Projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W07</w:t>
+        <w:t xml:space="preserve">KMiBM_U03, KMiBM_U04, KMiBM_U05, KMiBM_U07, KMiBM_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0318_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0318_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zaprojektować i zastosować w projektowanym układzie napędowym proste połączenia (gwintowe, kształtowe, wciskowe, spawane itp.) przenoszące zadane obciążenie</w:t>
+        <w:t xml:space="preserve">Potrafi zaprojektować elementy mechaniczne układu napędowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">KMiBM_U03, KMiBM_U04, KMiBM_U05, KMiBM_U07, KMiBM_U08</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">KMiBM_U08, KMiBM_U03, KMiBM_U04, KMiBM_U05, KMiBM_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>