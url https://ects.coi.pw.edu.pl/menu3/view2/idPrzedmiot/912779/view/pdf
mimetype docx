--- v0 (2025-10-05)
+++ v1 (2025-10-31)
@@ -971,51 +971,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W04, KMiBM_W05, KMiBM_W06, KMiBM_W01</w:t>
+        <w:t xml:space="preserve">KMiBM_W01, KMiBM_W04, KMiBM_W05, KMiBM_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1111,51 +1111,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W01, KMiBM_W04, KMiBM_W05, KMiBM_W06</w:t>
+        <w:t xml:space="preserve">KMiBM_W06, KMiBM_W01, KMiBM_W04, KMiBM_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>