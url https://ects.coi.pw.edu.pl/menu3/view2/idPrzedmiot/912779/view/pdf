--- v1 (2025-10-31)
+++ v2 (2025-12-28)
@@ -1111,51 +1111,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W06, KMiBM_W01, KMiBM_W04, KMiBM_W05</w:t>
+        <w:t xml:space="preserve">KMiBM_W01, KMiBM_W04, KMiBM_W05, KMiBM_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>