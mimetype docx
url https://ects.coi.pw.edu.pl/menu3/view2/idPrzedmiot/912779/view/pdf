--- v2 (2025-12-28)
+++ v3 (2026-02-09)
@@ -831,551 +831,551 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_W09, KMiBM_W01, KMiBM_W04, KMiBM_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0211_W3 : </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę o metodach obliczeń wytrzymałościowych elementów maszyn.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMiBM_W01, KMiBM_W04, KMiBM_W06, KMiBM_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0211_W3 : </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0211_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę o metodach obliczeń wytrzymałościowych elementów maszyn.</w:t>
+        <w:t xml:space="preserve">Zna zasady określania współczynników bezpieczeństwa i naprężeń dopuszczalnych dla obciążeń stałych i zmiennych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W01, KMiBM_W04, KMiBM_W06, KMiBM_W09</w:t>
+        <w:t xml:space="preserve">KMiBM_W01, KMiBM_W04, KMiBM_W05, KMiBM_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0211_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0211_W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasady określania współczynników bezpieczeństwa i naprężeń dopuszczalnych dla obciążeń stałych i zmiennych.</w:t>
+        <w:t xml:space="preserve">Zna połączenia stosowane w konstrukcji maszyn oraz mechanizm przenoszenia obciążeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_W01, KMiBM_W05, KMiBM_W06, KMiBM_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0211_W6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podział i zasady działania różnych typów sprzęgieł, hamulców klockowych, szczękowych taśmowych i tarczowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMiBM_W01, KMiBM_W04, KMiBM_W05, KMiBM_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0211_W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0211_W7: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna połączenia stosowane w konstrukcji maszyn oraz mechanizm przenoszenia obciążeń.</w:t>
+        <w:t xml:space="preserve">Zna podstawowe pojęcia z zakresu kinematyki przekładni zębatych, łańcuchowych, pasowych i ciernych..</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W01, KMiBM_W05, KMiBM_W06, KMiBM_W10</w:t>
+        <w:t xml:space="preserve">KMiBM_W01, KMiBM_W04, KMiBM_W05, KMiBM_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0211_W6: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0211_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podział i zasady działania różnych typów sprzęgieł, hamulców klockowych, szczękowych taśmowych i tarczowych.</w:t>
+        <w:t xml:space="preserve">Potrafi zaprojektować proste połączenie (gwintowe, kształtowe, wciskowe, spawane itp.) przenoszące zadane obciążenie. Potrafi uzasadnić proporcje wymiarów połączeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W01, KMiBM_W04, KMiBM_W05, KMiBM_W06</w:t>
+        <w:t xml:space="preserve">KMiBM_U01, KMiBM_U03, KMiBM_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0211_W7: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0211_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe pojęcia z zakresu kinematyki przekładni zębatych, łańcuchowych, pasowych i ciernych..</w:t>
+        <w:t xml:space="preserve">Potrafi dobrać kształt wału maszynowego i poprawnie rozwiązać łożyskowanie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W01, KMiBM_W04, KMiBM_W05, KMiBM_W06</w:t>
-[...149 lines deleted...]
-        <w:t xml:space="preserve">KMiBM_U01, KMiBM_U03, KMiBM_U04, KMiBM_U05, KMiBM_U07, KMiBM_U11</w:t>
+        <w:t xml:space="preserve">KMiBM_U07, KMiBM_U11, KMiBM_U01, KMiBM_U03, KMiBM_U04, KMiBM_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>