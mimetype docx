--- v3 (2026-02-09)
+++ v4 (2026-03-23)
@@ -831,51 +831,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W09, KMiBM_W01, KMiBM_W04, KMiBM_W06</w:t>
+        <w:t xml:space="preserve">KMiBM_W04, KMiBM_W06, KMiBM_W09, KMiBM_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1331,51 +1331,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U07, KMiBM_U11, KMiBM_U01, KMiBM_U03, KMiBM_U04, KMiBM_U05</w:t>
+        <w:t xml:space="preserve">KMiBM_U01, KMiBM_U03, KMiBM_U04, KMiBM_U05, KMiBM_U07, KMiBM_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>