--- v0 (2025-10-05)
+++ v1 (2025-11-02)
@@ -785,121 +785,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, krótki sprawdzian ustny/pisemny weryfikujący przygotowanie studenta do zajęć, ocena sprawozdania z ćwiczenia lab.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_W20, KMiBM_W17, KMiBM_W18, KMiBM_W19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MBMRC-IZP-0323_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę o rodzajach maszyn budowlanych ich przeznaczeniu, budowie, zasadach działania i trendach rozwojowych; Posiada wiedzę o konstrukcji głównych zespołów maszyn budowlanych oraz posiada wiedzę z podstaw projektowania osprzętu roboczego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMiBM_W17, KMiBM_W18, KMiBM_W19, KMiBM_W20</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">KMiBM_W20, KMiBM_W17, KMiBM_W18, KMiBM_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>