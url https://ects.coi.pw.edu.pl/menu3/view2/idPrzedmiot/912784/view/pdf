--- v1 (2025-11-02)
+++ v2 (2026-01-12)
@@ -785,51 +785,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, krótki sprawdzian ustny/pisemny weryfikujący przygotowanie studenta do zajęć, ocena sprawozdania z ćwiczenia lab.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W20, KMiBM_W17, KMiBM_W18, KMiBM_W19</w:t>
+        <w:t xml:space="preserve">KMiBM_W17, KMiBM_W18, KMiBM_W19, KMiBM_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>