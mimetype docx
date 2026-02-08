--- v2 (2026-01-12)
+++ v3 (2026-02-08)
@@ -935,51 +935,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, krótki sprawdzian ustny/pisemny weryfikujący przygotowanie studenta do zajęć, ocena sprawozdania z ćwiczenia lab.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U15, KMiBM_U16, KMiBM_U17</w:t>
+        <w:t xml:space="preserve">KMiBM_U16, KMiBM_U17, KMiBM_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>