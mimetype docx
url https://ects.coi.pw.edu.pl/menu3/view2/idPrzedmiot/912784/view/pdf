--- v3 (2026-02-08)
+++ v4 (2026-03-24)
@@ -855,51 +855,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W17, KMiBM_W18, KMiBM_W19, KMiBM_W20</w:t>
+        <w:t xml:space="preserve">KMiBM_W18, KMiBM_W19, KMiBM_W20, KMiBM_W17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -935,51 +935,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, krótki sprawdzian ustny/pisemny weryfikujący przygotowanie studenta do zajęć, ocena sprawozdania z ćwiczenia lab.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U16, KMiBM_U17, KMiBM_U15</w:t>
+        <w:t xml:space="preserve">KMiBM_U15, KMiBM_U16, KMiBM_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>