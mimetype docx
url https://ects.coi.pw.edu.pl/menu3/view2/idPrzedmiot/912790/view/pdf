--- v0 (2025-10-05)
+++ v1 (2025-11-01)
@@ -903,87 +903,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_W18, KMiBM_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MBWPI-IZP-0321_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna zasady oceny naprężeń w układach lokalnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMiBM_W04, KMiBM_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MBWPI-IZP-0321_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MBWPI-IZP-0321_W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student zna zasady oceny naprężeń w układach lokalnych.</w:t>
+        <w:t xml:space="preserve">Student zna zasady  dokonywania oceny wytężenia konstrukcji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -994,530 +1064,460 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">KMiBM_W04, KMiBM_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MBWPI-IZP-0321_W5: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MBWPI-IZP-0321_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student zna zasady  dokonywania oceny wytężenia konstrukcji.</w:t>
+        <w:t xml:space="preserve">Zna podstawowe zagadnienia związane z wymianą danych pomiędzy systemami CAD – MES; sposoby integracji programów wchodzących w skład szeroko pojętego komputerowego wspomagania projektowania i wytwarzania; podstawowe formaty plików zawierających dane geometrii.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin</w:t>
+        <w:t xml:space="preserve">Egzamin, ocena opracowania projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W04, KMiBM_W18</w:t>
+        <w:t xml:space="preserve">KMiBM_U01, KMiBM_U02, KMiBM_U03, KMiBM_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MBWPI-IZP-0321_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MBWPI-IZP-0321_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe zagadnienia związane z wymianą danych pomiędzy systemami CAD – MES; sposoby integracji programów wchodzących w skład szeroko pojętego komputerowego wspomagania projektowania i wytwarzania; podstawowe formaty plików zawierających dane geometrii.</w:t>
+        <w:t xml:space="preserve">Posiada wiedzę i umiejętności z zakresu przygotowania modelu geometrycznego do dyskretyzacji. Potrafi dokonać podziału geometrii na odpowiednie obszary (modelowanie powierzchniowe) oraz na odpowiednie objętości (modelowanie bryłowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, ocena opracowania projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U01, KMiBM_U02, KMiBM_U03, KMiBM_U16</w:t>
+        <w:t xml:space="preserve">KMiBM_U15, KMiBM_U16, KMiBM_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MBWPI-IZP-0321_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MBWPI-IZP-0321_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę i umiejętności z zakresu przygotowania modelu geometrycznego do dyskretyzacji. Potrafi dokonać podziału geometrii na odpowiednie obszary (modelowanie powierzchniowe) oraz na odpowiednie objętości (modelowanie bryłowe.</w:t>
+        <w:t xml:space="preserve">Student potrafi wykonać analizę sił krytycznych oraz częstości drgań własnych struktury z wykorzystaniem różnych modeli MES.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, ocena opracowania projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U15, KMiBM_U16, KMiBM_U18</w:t>
+        <w:t xml:space="preserve">KMiBM_U03, KMiBM_U15, KMiBM_U16, KMiBM_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MBWPI-IZP-0321_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MBWPI-IZP-0321_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi wykonać analizę sił krytycznych oraz częstości drgań własnych struktury z wykorzystaniem różnych modeli MES.</w:t>
+        <w:t xml:space="preserve">Posiada wiedzę oraz umiejętności praktycznego wykorzystania systemów MES w analizie stanu naprężenia wokół koncentratora, w płaskim stanie naprężenia przy liniowym i nieliniowym modelu materiału. Potrafi dokonać optymalizacji zadania MES pod względem liczby elementów, rodzaju elementów (funkcje kształtu) oraz jakości siatki (deformacja siatki i jej wpływ na wyniki analiz).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, ocena opracowania projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U16, KMiBM_U18, KMiBM_U03, KMiBM_U15</w:t>
+        <w:t xml:space="preserve">KMiBM_U03, KMiBM_U15, KMiBM_U16, KMiBM_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MBWPI-IZP-0321_U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MBWPI-IZP-0321_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę oraz umiejętności praktycznego wykorzystania systemów MES w analizie stanu naprężenia wokół koncentratora, w płaskim stanie naprężenia przy liniowym i nieliniowym modelu materiału. Potrafi dokonać optymalizacji zadania MES pod względem liczby elementów, rodzaju elementów (funkcje kształtu) oraz jakości siatki (deformacja siatki i jej wpływ na wyniki analiz).</w:t>
+        <w:t xml:space="preserve">Posiada wiedzę oraz umiejętności praktycznego zastosowania systemów MES w zakresie modelowania oraz oceny stanu naprężeń i przemieszczeń konstrukcji cienkościennych wykonywanych za pomocą elementów powłokowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, ocena opracowania projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U03, KMiBM_U15, KMiBM_U16, KMiBM_U18</w:t>
+        <w:t xml:space="preserve">KMiBM_U15, KMiBM_U16, KMiBM_U17, KMiBM_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MBWPI-IZP-0321_U5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MBWPI-IZP-0321_U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę oraz umiejętności praktycznego zastosowania systemów MES w zakresie modelowania oraz oceny stanu naprężeń i przemieszczeń konstrukcji cienkościennych wykonywanych za pomocą elementów powłokowych.</w:t>
+        <w:t xml:space="preserve">Student potrafi dobrać odpowiednie parametry oraz wykonać nieliniową statyczną analizę stanu wytężenia i deformacji struktury bryłowej wykonanej z materiału o nieliniowej charakterystyce.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, ocena opracowania projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U15, KMiBM_U16, KMiBM_U17, KMiBM_U18</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">KMiBM_U03, KMiBM_U15, KMiBM_U16, KMiBM_U17, KMiBM_U18</w:t>
+        <w:t xml:space="preserve">KMiBM_U18, KMiBM_U03, KMiBM_U15, KMiBM_U16, KMiBM_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>