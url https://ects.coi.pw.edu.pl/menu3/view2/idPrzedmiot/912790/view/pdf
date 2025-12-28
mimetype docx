--- v1 (2025-11-01)
+++ v2 (2025-12-28)
@@ -903,51 +903,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W18, KMiBM_W04</w:t>
+        <w:t xml:space="preserve">KMiBM_W04, KMiBM_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1333,51 +1333,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, ocena opracowania projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U03, KMiBM_U15, KMiBM_U16, KMiBM_U18</w:t>
+        <w:t xml:space="preserve">KMiBM_U16, KMiBM_U18, KMiBM_U03, KMiBM_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1473,51 +1473,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, ocena opracowania projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U18, KMiBM_U03, KMiBM_U15, KMiBM_U16, KMiBM_U17</w:t>
+        <w:t xml:space="preserve">KMiBM_U03, KMiBM_U15, KMiBM_U16, KMiBM_U17, KMiBM_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>