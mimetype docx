--- v2 (2025-12-28)
+++ v3 (2026-02-08)
@@ -1043,51 +1043,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W04, KMiBM_W18</w:t>
+        <w:t xml:space="preserve">KMiBM_W18, KMiBM_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1333,51 +1333,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, ocena opracowania projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U16, KMiBM_U18, KMiBM_U03, KMiBM_U15</w:t>
+        <w:t xml:space="preserve">KMiBM_U03, KMiBM_U15, KMiBM_U16, KMiBM_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>