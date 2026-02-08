--- v1 (2025-12-28)
+++ v2 (2026-02-08)
@@ -759,201 +759,201 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_W07, KMiBM_W03, KMiBM_W04, KMiBM_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MBWPI-IZP-0322_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma uporządkowaną, szczegółową wiedzę związaną z programowaniem obrabiarek sterowanych numerycznie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMiBM_W03, KMiBM_W04, KMiBM_W05, KMiBM_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MBWPI-IZP-0322_W2: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MBWPI-IZP-0322_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma uporządkowaną, szczegółową wiedzę związaną z programowaniem obrabiarek sterowanych numerycznie.</w:t>
+        <w:t xml:space="preserve">Potrafi samodzielnie zaprojektować strategię obróbki części frezowaniem i toczeniem na obrabiarce sterowanej numerycznie wykorzystując programowanie ręczne i automatyczne. Potrafi prowadzić symulacje komputerowe i wyciągać wnioski.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Sprawdzian, projekt</w:t>
+        <w:t xml:space="preserve">Sprawdzian,  projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W03, KMiBM_W04, KMiBM_W05, KMiBM_W07</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">KMiBM_U17, KMiBM_U01, KMiBM_U10, KMiBM_U12, KMiBM_U13, KMiBM_U16</w:t>
+        <w:t xml:space="preserve">KMiBM_U01, KMiBM_U10, KMiBM_U12, KMiBM_U13, KMiBM_U16, KMiBM_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>