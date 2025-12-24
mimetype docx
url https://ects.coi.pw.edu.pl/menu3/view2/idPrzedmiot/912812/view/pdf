--- v0 (2025-10-07)
+++ v1 (2025-12-24)
@@ -887,51 +887,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W18, KMiBM_W19, KMiBM_W20, KMiBM_W17</w:t>
+        <w:t xml:space="preserve">KMiBM_W17, KMiBM_W18, KMiBM_W19, KMiBM_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -957,51 +957,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W17, KMiBM_W18, KMiBM_W19, KMiBM_W20</w:t>
+        <w:t xml:space="preserve">KMiBM_W20, KMiBM_W17, KMiBM_W18, KMiBM_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>