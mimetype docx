--- v1 (2025-12-24)
+++ v2 (2026-02-08)
@@ -817,191 +817,191 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_W20, KMiBM_W17, KMiBM_W18, KMiBM_W19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150_MBMPOJ- IZP-404_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę o różnych typach struktur stosowanych w produkcji nadwozi małoseryjnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMiBM_W17, KMiBM_W18, KMiBM_W19, KMiBM_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150_MBMPOJ- IZP-404_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150_MBMPOJ- IZP-404_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę o różnych typach struktur stosowanych w produkcji nadwozi małoseryjnych.</w:t>
+        <w:t xml:space="preserve">Posiada wiedzę o zasadach doboru współczesnych materiałów konstrukcyjnych do produkcji małoseryjnych nadwozi samochodowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">KMiBM_W17, KMiBM_W18, KMiBM_W19, KMiBM_W20</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">KMiBM_W20, KMiBM_W17, KMiBM_W18, KMiBM_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>