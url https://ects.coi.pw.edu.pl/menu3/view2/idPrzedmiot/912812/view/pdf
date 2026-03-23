--- v2 (2026-02-08)
+++ v3 (2026-03-23)
@@ -817,51 +817,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W20, KMiBM_W17, KMiBM_W18, KMiBM_W19</w:t>
+        <w:t xml:space="preserve">KMiBM_W17, KMiBM_W18, KMiBM_W19, KMiBM_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1107,51 +1107,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U14, KMiBM_U15, KMiBM_U16, KMiBM_U17, KMiBM_U18</w:t>
+        <w:t xml:space="preserve">KMiBM_U17, KMiBM_U18, KMiBM_U14, KMiBM_U15, KMiBM_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>