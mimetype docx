--- v0 (2025-11-02)
+++ v1 (2025-12-28)
@@ -768,87 +768,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_W06, KMiBM_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150- MBKCI-IZP-0321_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student posiada wiedzę o właściwościach wytrzymałościowych i równaniach konstytutywnych warstw ortotropowych. Zna równania równowagi płyt laminowanych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMiBM_W04, KMiBM_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150- MBKCI-IZP-0321_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150- MBKCI-IZP-0321_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student posiada wiedzę o właściwościach wytrzymałościowych i równaniach konstytutywnych warstw ortotropowych. Zna równania równowagi płyt laminowanych.</w:t>
+        <w:t xml:space="preserve">Student posiada wiedzę o założeniach teorii laminatów, podstawowych związkach geometrycznych występujących w laminatach, siłach wewnętrznych oraz wytężeniu laminatów. Zna założenia teorii laminatów cienkich. Zna podstawowe hipotezy wytężeniowe warstw ortotropowych..</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -867,58 +937,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150- MBKCI-IZP-0321_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150- MBKCI-IZP-0321_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student posiada wiedzę o założeniach teorii laminatów, podstawowych związkach geometrycznych występujących w laminatach, siłach wewnętrznych oraz wytężeniu laminatów. Zna założenia teorii laminatów cienkich. Zna podstawowe hipotezy wytężeniowe warstw ortotropowych..</w:t>
+        <w:t xml:space="preserve">Student rozumie zagadnienia związane z wpływem anizotropii na postacie własne, częstotliwości drgań własnych i siły krytyczne. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -929,146 +999,146 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">KMiBM_W04, KMiBM_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150- MBKCI-IZP-0321_W4: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150- MBKCI-IZP-0321_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student rozumie zagadnienia związane z wpływem anizotropii na postacie własne, częstotliwości drgań własnych i siły krytyczne. </w:t>
+        <w:t xml:space="preserve">Student potrafi przeprowadzić analizę stanu naprężeń o odkształceń warstwy ortotropowej. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin</w:t>
+        <w:t xml:space="preserve">Sprawdzian</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W04, KMiBM_W06</w:t>
+        <w:t xml:space="preserve">KMiBM_U01, KMiBM_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150- MBKCI-IZP-0321_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150- MBKCI-IZP-0321_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi przeprowadzić analizę stanu naprężeń o odkształceń warstwy ortotropowej. </w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić podstawowe analizy wytrzymałościowe dla płyt i belek laminowanych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1087,162 +1157,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150- MBKCI-IZP-0321_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150- MBKCI-IZP-0321_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przeprowadzić podstawowe analizy wytrzymałościowe dla płyt i belek laminowanych.</w:t>
+        <w:t xml:space="preserve">Student potrafi zbadać wpływem anizotropii na postacie własne, częstotliwości drgań własnych i siły krytyczne. Potrafi zastosować odpowiednie metody pomiarowe adekwatne do postawionego zadania. Potrafi dokonać selekcji przydatnych informacji o badanym obiekcie dla realizacji określonego zadania. Umie porównać wyniki uzyskane eksperymentalnie z wynikami teoretycznymi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U01, KMiBM_U03</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">KMiBM_U18, KMiBM_U03, KMiBM_U15, KMiBM_U16</w:t>
+        <w:t xml:space="preserve">KMiBM_U03, KMiBM_U15, KMiBM_U16, KMiBM_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>