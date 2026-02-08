--- v1 (2025-12-28)
+++ v2 (2026-02-08)
@@ -768,51 +768,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W06, KMiBM_W04</w:t>
+        <w:t xml:space="preserve">KMiBM_W04, KMiBM_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1058,51 +1058,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U01, KMiBM_U03</w:t>
+        <w:t xml:space="preserve">KMiBM_U03, KMiBM_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>