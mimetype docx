--- v0 (2026-01-13)
+++ v1 (2026-03-24)
@@ -763,51 +763,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena zadania wykonywanego przez studenta w trakcie ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_W18, KMchtr_W19, KMchtr_W20, KMchtr_W17</w:t>
+        <w:t xml:space="preserve">KMchtr_W17, KMchtr_W18, KMchtr_W19, KMchtr_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -833,87 +833,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena zadania wykonywanego przez studenta w trakcie ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMchtr_W20, KMchtr_W17, KMchtr_W18, KMchtr_W19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0207_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student posiada wiedzę na temat analizy technologiczności kształtu brył za pomocą narzędzi danym systemie 3D CAD i 3D CAM oraz wiej jakie są zasady programowania obróbki zgrubnej (objętościowej) dla frezowania na obrabiarkach CNC frezami palcowymi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena zadania wykonywanego przez studenta w trakcie ćwiczeń.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMchtr_W17, KMchtr_W18, KMchtr_W19, KMchtr_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0207_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0207_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student posiada wiedzę na temat analizy technologiczności kształtu brył za pomocą narzędzi danym systemie 3D CAD i 3D CAM oraz wiej jakie są zasady programowania obróbki zgrubnej (objętościowej) dla frezowania na obrabiarkach CNC frezami palcowymi. </w:t>
+        <w:t xml:space="preserve">Student posiada podstawową wiedzę na temat zasad użycia optycznych skanerów 3D oraz metod otrzymywania siatek trójkątów z chmur punktów, a z potem uzyskiwania z nich powierzchni NURBS w danym systemie3D CAD. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena zadania wykonywanego przez studenta w trakcie ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -932,58 +1002,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0207_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0207_W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student posiada podstawową wiedzę na temat zasad użycia optycznych skanerów 3D oraz metod otrzymywania siatek trójkątów z chmur punktów, a z potem uzyskiwania z nich powierzchni NURBS w danym systemie3D CAD. </w:t>
+        <w:t xml:space="preserve">Student posiada podstawową wiedzę na temat technik przyrostowych (szczególnie o FDM), wie co to jest i jak zbudowany jest format pliku STL; wie jak wpływają parametry odchylenia liniowego i kątowego na generowaną siatkę trójkątów z brył; wie jaki jest wpływy pochylenia ścian geometrii na generowanie struktur podporowych w danym systemie 3D CAM.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena zadania wykonywanego przez studenta w trakcie ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -994,216 +1064,286 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">KMchtr_W17, KMchtr_W18, KMchtr_W19, KMchtr_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0207_W5: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0207_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student posiada podstawową wiedzę na temat technik przyrostowych (szczególnie o FDM), wie co to jest i jak zbudowany jest format pliku STL; wie jak wpływają parametry odchylenia liniowego i kątowego na generowaną siatkę trójkątów z brył; wie jaki jest wpływy pochylenia ścian geometrii na generowanie struktur podporowych w danym systemie 3D CAM.</w:t>
+        <w:t xml:space="preserve">Student potrafi opracowywać (w danym systemie 3D CAD) rozłożenia blach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Ćwiczenie zaliczające (ocena wykonywanego przez studenta zadania).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMchtr_U15, KMChtr_U16, KMchtr_U17, KMchtr_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0207_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi zamodelować (w danym systemie 3D CAD) powierzchnie NURBS połączone ze sobą wg: ciągłości geometrii (G0), ciągłości styczności (G1) i ciągłości krzywizny (G2).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Ocena zadania wykonywanego przez studenta w trakcie ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_W17, KMchtr_W18, KMchtr_W19, KMchtr_W20</w:t>
+        <w:t xml:space="preserve">KMchtr_U15, KMChtr_U16, KMchtr_U17, KMchtr_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0207_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0207_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi opracowywać (w danym systemie 3D CAD) rozłożenia blach.</w:t>
+        <w:t xml:space="preserve">Student potrafi przeprowadzić analizy technologiczności kształtu brył za pomocą narzędzi w danym systemie 3D CAD i 3D CAM oraz umie opracować program obróbki zgrubnej (objętościowej) dla frezowania na obrabiarkach CNC frezami palcowymi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ćwiczenie zaliczające (ocena wykonywanego przez studenta zadania).</w:t>
+        <w:t xml:space="preserve">Ocena zadania wykonywanego przez studenta w trakcie ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">KMchtr_U15, KMChtr_U16, KMchtr_U17, KMchtr_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0207_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0207_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi zamodelować (w danym systemie 3D CAD) powierzchnie NURBS połączone ze sobą wg: ciągłości geometrii (G0), ciągłości styczności (G1) i ciągłości krzywizny (G2).</w:t>
+        <w:t xml:space="preserve">Student potrafi wygenerować (w danym systemie 3D CAD) z modelu bryłowego poprawny plik STL do drukowania 3D oraz potrafi sprawdzić (w danym systemie 3D CAM) zorientować go tak, aby jak najkrócej był wytwarzany na maszynach prototypujących w technologii FDM oraz aby minimalizować zużycie materiału podporowego. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena zadania wykonywanego przez studenta w trakcie ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1222,232 +1362,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0207_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka Ocena zadania wykonywanego przez studenta w trakcie ćwiczeń.: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi przeprowadzić analizy technologiczności kształtu brył za pomocą narzędzi w danym systemie 3D CAD i 3D CAM oraz umie opracować program obróbki zgrubnej (objętościowej) dla frezowania na obrabiarkach CNC frezami palcowymi.</w:t>
+        <w:t xml:space="preserve">Student potrafi zamodelować (w danym systemie 3D CAD) siatkę trójkątów z chmury punktów oraz później uzyskać z nich parametryczną powierzchnię NURBS.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena zadania wykonywanego przez studenta w trakcie ćwiczeń.</w:t>
+        <w:t xml:space="preserve">1150-MT000-IZP-0207_U4</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMChtr_U16, KMchtr_U17, KMchtr_U18, KMchtr_U15</w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve">KMchtr_U15, KMChtr_U16, KMchtr_U17, KMchtr_U18</w:t>
+        <w:t xml:space="preserve">KMchtr_U18, KMchtr_U15, KMChtr_U16, KMchtr_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>