--- v0 (2025-11-01)
+++ v1 (2025-12-28)
@@ -793,51 +793,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, krótki sprawdzian ustny/pisemny (wejściówka), raport z ćwiczenia lab.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_W15, KMchtr_W16, KMchtr_W17, KMchtr_W18, KMchtr_W02, KMchtr_W04, KMchtr_W06, KMchtr_W07, KMChtr_W08, KMchtr_W11, KMchtr_W12</w:t>
+        <w:t xml:space="preserve">KMchtr_W02, KMchtr_W04, KMchtr_W06, KMchtr_W07, KMChtr_W08, KMchtr_W11, KMchtr_W12, KMchtr_W15, KMchtr_W16, KMchtr_W17, KMchtr_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1083,51 +1083,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_U07, KMchtr_U08, KMchtr_U09, KMchtr_U10, KMchtr_U11, KMChtr_U16, KMchtr_U17, KMchtr_U18, KMchtr_U19, KMchtr_U20, KMchtr_U21, KMchtr_U24</w:t>
+        <w:t xml:space="preserve">KMChtr_U16, KMchtr_U17, KMchtr_U18, KMchtr_U19, KMchtr_U20, KMchtr_U21, KMchtr_U24, KMchtr_U07, KMchtr_U08, KMchtr_U09, KMchtr_U10, KMchtr_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>