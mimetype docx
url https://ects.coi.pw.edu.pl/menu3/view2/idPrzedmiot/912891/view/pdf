--- v1 (2025-12-28)
+++ v2 (2026-03-22)
@@ -1083,51 +1083,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMChtr_U16, KMchtr_U17, KMchtr_U18, KMchtr_U19, KMchtr_U20, KMchtr_U21, KMchtr_U24, KMchtr_U07, KMchtr_U08, KMchtr_U09, KMchtr_U10, KMchtr_U11</w:t>
+        <w:t xml:space="preserve">KMchtr_U07, KMchtr_U08, KMchtr_U09, KMchtr_U10, KMchtr_U11, KMChtr_U16, KMchtr_U17, KMchtr_U18, KMchtr_U19, KMchtr_U20, KMchtr_U21, KMchtr_U24</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>