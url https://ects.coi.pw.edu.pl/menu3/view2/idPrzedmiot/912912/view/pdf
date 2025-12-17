--- v1 (2025-10-31)
+++ v2 (2025-12-17)
@@ -1524,121 +1524,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, sprawdziany pisemne, ocena zadanych prac domowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMchtr_U01, KMchtr_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0201_U7: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi budować równania ruchu układów mechanicznych korzystając z metody analitycznej równań Lagrange’a.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, sprawdziany pisemne, ocena zadanych prac domowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMchtr_U03, KMchtr_U01</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">KMchtr_U01, KMchtr_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>