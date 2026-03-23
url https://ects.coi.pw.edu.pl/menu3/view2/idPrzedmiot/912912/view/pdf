--- v2 (2025-12-17)
+++ v3 (2026-03-23)
@@ -954,87 +954,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMchtr_W03, KMchtr_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0201_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student rozumie związki przyczynowo-skutkowe w mechanice, wyrażone przez prawa mechaniki (prawa zmienności pędu, krętu i energii kinetycznej) i ma podstawową wiedzę umożliwiającą ich zastosowanie do rozwiązywania zadań praktycznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMchtr_W01, KMchtr_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0201_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0201_W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student rozumie związki przyczynowo-skutkowe w mechanice, wyrażone przez prawa mechaniki (prawa zmienności pędu, krętu i energii kinetycznej) i ma podstawową wiedzę umożliwiającą ich zastosowanie do rozwiązywania zadań praktycznych.</w:t>
+        <w:t xml:space="preserve">Student zna podstawy teoretyczne umożliwiające stosowanie metod mechaniki analitycznej do budowania równań równowagi i równań ruchu układów mechanicznych (zasada prac wirtualnych, zasada d’Alemberta, równania Lagrange’a).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1045,146 +1115,146 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">KMchtr_W01, KMchtr_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0201_W5: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0201_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student zna podstawy teoretyczne umożliwiające stosowanie metod mechaniki analitycznej do budowania równań równowagi i równań ruchu układów mechanicznych (zasada prac wirtualnych, zasada d’Alemberta, równania Lagrange’a).</w:t>
+        <w:t xml:space="preserve">Student potrafi wybrać i zastosować odpowiednie prawo mechaniki oraz właściwą metodę do rozwiązania postawionego zadania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin</w:t>
+        <w:t xml:space="preserve">Egzamin, sprawdziany pisemne, ocena zadanych prac domowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_W01, KMchtr_W03</w:t>
+        <w:t xml:space="preserve">KMchtr_U01, KMchtr_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0201_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0201_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi wybrać i zastosować odpowiednie prawo mechaniki oraz właściwą metodę do rozwiązania postawionego zadania.</w:t>
+        <w:t xml:space="preserve">Student potrafi ocenić prawidłowość uzyskanego wyniku pod względem ilościowym i jakościowym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, sprawdziany pisemne, ocena zadanych prac domowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1203,58 +1273,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0201_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0201_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi ocenić prawidłowość uzyskanego wyniku pod względem ilościowym i jakościowym.</w:t>
+        <w:t xml:space="preserve">Student potrafi obliczać prędkości i przyspieszenia punktu materialnego w ruchu złożonym (w tym przyspieszenie Coriolisa).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, sprawdziany pisemne, ocena zadanych prac domowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1273,58 +1343,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0201_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0201_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi obliczać prędkości i przyspieszenia punktu materialnego w ruchu złożonym (w tym przyspieszenie Coriolisa).</w:t>
+        <w:t xml:space="preserve">Student potrafi rozwiązywać zdania dynamiki ruchu względnego punktu materialnego i analizować równowagę względną.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, sprawdziany pisemne, ocena zadanych prac domowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1343,58 +1413,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0201_U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0201_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi rozwiązywać zdania dynamiki ruchu względnego punktu materialnego i analizować równowagę względną.</w:t>
+        <w:t xml:space="preserve">Student potrafi obliczać energię kinetyczną ciała sztywnego korzystając z wzoru Koeniga.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, sprawdziany pisemne, ocena zadanych prac domowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1413,58 +1483,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0201_U5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0201_U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi obliczać energię kinetyczną ciała sztywnego korzystając z wzoru Koeniga.</w:t>
+        <w:t xml:space="preserve">Student potrafi wyznaczać reakcje dynamiczne w łożyskach wirującej bryły.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, sprawdziany pisemne, ocena zadanych prac domowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1483,162 +1553,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0201_U6: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0201_U7: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi wyznaczać reakcje dynamiczne w łożyskach wirującej bryły.</w:t>
+        <w:t xml:space="preserve">Student potrafi budować równania ruchu układów mechanicznych korzystając z metody analitycznej równań Lagrange’a.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, sprawdziany pisemne, ocena zadanych prac domowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">KMchtr_U01, KMchtr_U03</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">KMchtr_U03, KMchtr_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>