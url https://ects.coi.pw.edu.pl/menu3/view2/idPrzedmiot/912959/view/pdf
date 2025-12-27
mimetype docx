--- v0 (2025-10-31)
+++ v1 (2025-12-27)
@@ -751,51 +751,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">dyskusja, praca zaliczeniowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM2_W05, KMiBM2_W04</w:t>
+        <w:t xml:space="preserve">KMiBM2_W04, KMiBM2_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>