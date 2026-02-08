--- v1 (2025-12-27)
+++ v2 (2026-02-08)
@@ -821,51 +821,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">dyskusja, praca zaliczeniowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM2_W04, KMiBM2_W05</w:t>
+        <w:t xml:space="preserve">KMiBM2_W05, KMiBM2_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>