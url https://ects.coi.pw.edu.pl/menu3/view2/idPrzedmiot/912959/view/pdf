--- v2 (2026-02-08)
+++ v3 (2026-03-24)
@@ -821,51 +821,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">dyskusja, praca zaliczeniowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM2_W05, KMiBM2_W04</w:t>
+        <w:t xml:space="preserve">KMiBM2_W04, KMiBM2_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1041,51 +1041,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">dyskusja, ocena opracowania projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM2_U12, KMiBM2_U13</w:t>
+        <w:t xml:space="preserve">KMiBM2_U13, KMiBM2_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>