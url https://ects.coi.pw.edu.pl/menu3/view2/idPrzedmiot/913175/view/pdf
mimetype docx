--- v0 (2026-03-01)
+++ v1 (2026-03-23)
@@ -778,67 +778,67 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Konwersatorium:
 Zaliczenie na koniec zajęć w formie pisemnej, zawierające pytania testowe jednokrotnego. Warunkiem zaliczenia przedmiotu jest uzyskanie co najmniej 51% sumy punktów z egzaminu. Za aktywność podczas zajęć prowadzący może dodać dodatkowy punkt do ogólnej punktacji za przedmiot.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W03, K_W04</w:t>
+        <w:t xml:space="preserve">K_W04, K_W01, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P6S_WG.1.o, I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.X.P6S_WG.2</w:t>
+        <w:t xml:space="preserve">II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.X.P6S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_W03, K_W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student zna podstawową terminologię w zakresie prawa sportowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -922,67 +922,67 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Konwersatorium:
 Zaliczenie na koniec zajęć w formie pisemnej, zawierające pytania testowe jednokrotnego. Warunkiem zaliczenia przedmiotu jest uzyskanie co najmniej 51% sumy punktów z egzaminu. Za aktywność podczas zajęć prowadzący może dodać dodatkowy punkt do ogólnej punktacji za przedmiot.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W05, K_W06, K_W07, K_W03</w:t>
+        <w:t xml:space="preserve">K_W07, K_W03, K_W05, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, I.P6S_WG, II.H.P6S_WG.3, I.P6S_WK, II.T.P6S_WK, II.H.P6S_WG.1.o, II.H.P6S_WG/K.o</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.1, II.H.P6S_WG.1.o, I.P6S_WG, I.P6S_WK, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.H.P6S_WG.3, II.T.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_U01, K_U06, K_U07, K_U10: </w:t>
       </w:r>
     </w:p>
@@ -1020,51 +1020,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U06, K_U07, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P6S_UW.1, I.P6S_UU, I.P6S_UK, I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UU, I.P6S_UK, II.T.P6S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_U01, K_U08, K_U10,: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student umie posługiwać się podstawowymi pojęciami z zakresu prawa sportowego w toku wykładni norm wchodzących w obszar ww. prawa oraz aktualnej dyskusji doktrynalnej i orzeczniczej w tym zakresie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1147,51 +1147,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Konwersatorium:
 Zaliczenie na koniec zajęć w formie pisemnej, zawierające pytania testowe jednokrotnego. Warunkiem zaliczenia przedmiotu jest uzyskanie co najmniej 51% sumy punktów z egzaminu. Za aktywność podczas zajęć prowadzący może dodać dodatkowy punkt do ogólnej punktacji za przedmiot.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U03, K_U07, K_U08</w:t>
+        <w:t xml:space="preserve">K_U03, K_U07, K_U08, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>