--- v0 (2025-12-02)
+++ v1 (2026-03-23)
@@ -754,51 +754,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład: kolokwium pisemne zawierające około pięciu do dziewięciu pytań otwartych (lub testowych; jednokrotnego lub wielokrotnego wyboru), w tym pytania problemowe; możliwe uzupełniające zaliczenie ustne.
 Ze względu na sformułowania zadań w arkuszu sprawdzianu, ocena przeprowadzana jest w sposób 0/1(dobrze/źle) – do uzyskania zaliczenia wymagana jest pozytywna odpowiedź na co najmniej trzy z pięciu lub pięć z dziewięciu pytań.
 Dopuszczalna forma zaliczenia zdalnego w formie elektronicznego formularz lub w innej formie zdalnej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W04, Tr1A_W13</w:t>
+        <w:t xml:space="preserve">Tr1A_W13, Tr1A_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>