--- v0 (2025-10-30)
+++ v1 (2025-12-01)
@@ -778,71 +778,141 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3, I.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe miary statystyczne: różne średnie, medianę i dominantę, percentyle, miary rozproszenia, współczynniki zmienności, miary asymetrii i koncentracji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Obserwacja pracy studenta na ćwiczeniach, wyniki kolokwium pisemnego oraz egzaminu pisemnego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe miary statystyczne: różne średnie, medianę i dominantę, percentyle, miary rozproszenia, współczynniki zmienności, miary asymetrii i koncentracji.</w:t>
+        <w:t xml:space="preserve">Wie, na czym polega korelacja dwóch cech w jednej populacji; zna pojęcie regresji liniowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Obserwacja pracy studenta na ćwiczeniach, wyniki kolokwium pisemnego oraz egzaminu pisemnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -861,58 +931,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wie, na czym polega korelacja dwóch cech w jednej populacji; zna pojęcie regresji liniowej.</w:t>
+        <w:t xml:space="preserve">Ma podstawowe wiadomości o rozkładzie normalnym i wykładniczym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Obserwacja pracy studenta na ćwiczeniach, wyniki kolokwium pisemnego oraz egzaminu pisemnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -931,278 +1001,278 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma podstawowe wiadomości o rozkładzie normalnym i wykładniczym.</w:t>
+        <w:t xml:space="preserve">Wie, na czym polega wnioskowanie statystyczne i testowanie hipotez statystycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Obserwacja pracy studenta na ćwiczeniach, wyniki kolokwium pisemnego oraz egzaminu pisemnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P6S_WG.3, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wie, na czym polega wnioskowanie statystyczne i testowanie hipotez statystycznych.</w:t>
+        <w:t xml:space="preserve">Potrafi porządkować dane statystyczne i obliczać podstawowe miary statystyczne (miary wartości przeciętnej, rozproszenia, zmienności, asymetrii i koncentracji), wykorzystując w tym celu także narzędzia komputerowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Obserwacja pracy studenta na ćwiczeniach, wyniki kolokwium pisemnego oraz egzaminu pisemnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W06</w:t>
+        <w:t xml:space="preserve">K_U03, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.T.P6S_UW.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi porządkować dane statystyczne i obliczać podstawowe miary statystyczne (miary wartości przeciętnej, rozproszenia, zmienności, asymetrii i koncentracji), wykorzystując w tym celu także narzędzia komputerowe.</w:t>
+        <w:t xml:space="preserve">Potrafi określać stopień korelacji między cechami jednostek danej populacji oraz wyznaczać liniowe funkcje regresji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Obserwacja pracy studenta na ćwiczeniach, wyniki kolokwium pisemnego oraz egzaminu pisemnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U03</w:t>
+        <w:t xml:space="preserve">K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi określać stopień korelacji między cechami jednostek danej populacji oraz wyznaczać liniowe funkcje regresji.</w:t>
+        <w:t xml:space="preserve">Potrafi posługiwać się typowymi teoretycznymi rozkładami statystycznymi (w tym: normalnym).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Obserwacja pracy studenta na ćwiczeniach, wyniki kolokwium pisemnego oraz egzaminu pisemnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1221,178 +1291,108 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi posługiwać się typowymi teoretycznymi rozkładami statystycznymi (w tym: normalnym).</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzać proste wnioskowania statystyczne i testować proste hipotezy statystyczne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Obserwacja pracy studenta na ćwiczeniach, wyniki kolokwium pisemnego oraz egzaminu pisemnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi obliczać niektóre miary statystyczne za pomocą funkcji programu EXCEL.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>