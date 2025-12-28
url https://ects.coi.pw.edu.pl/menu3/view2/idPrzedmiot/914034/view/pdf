--- v1 (2025-12-01)
+++ v2 (2025-12-28)
@@ -778,51 +778,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3, I.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawowe miary statystyczne: różne średnie, medianę i dominantę, percentyle, miary rozproszenia, współczynniki zmienności, miary asymetrii i koncentracji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -988,481 +988,481 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">II.S.P6S_WG.2, II.H.P6S_WG.3, I.P6S_WG, II.S.P6S_WG.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wie, na czym polega wnioskowanie statystyczne i testowanie hipotez statystycznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Obserwacja pracy studenta na ćwiczeniach, wyniki kolokwium pisemnego oraz egzaminu pisemnego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wie, na czym polega wnioskowanie statystyczne i testowanie hipotez statystycznych.</w:t>
+        <w:t xml:space="preserve">Potrafi porządkować dane statystyczne i obliczać podstawowe miary statystyczne (miary wartości przeciętnej, rozproszenia, zmienności, asymetrii i koncentracji), wykorzystując w tym celu także narzędzia komputerowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Obserwacja pracy studenta na ćwiczeniach, wyniki kolokwium pisemnego oraz egzaminu pisemnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W06</w:t>
+        <w:t xml:space="preserve">K_U03, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi porządkować dane statystyczne i obliczać podstawowe miary statystyczne (miary wartości przeciętnej, rozproszenia, zmienności, asymetrii i koncentracji), wykorzystując w tym celu także narzędzia komputerowe.</w:t>
+        <w:t xml:space="preserve">Potrafi określać stopień korelacji między cechami jednostek danej populacji oraz wyznaczać liniowe funkcje regresji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Obserwacja pracy studenta na ćwiczeniach, wyniki kolokwium pisemnego oraz egzaminu pisemnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi posługiwać się typowymi teoretycznymi rozkładami statystycznymi (w tym: normalnym).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Obserwacja pracy studenta na ćwiczeniach, wyniki kolokwium pisemnego oraz egzaminu pisemnego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przeprowadzać proste wnioskowania statystyczne i testować proste hipotezy statystyczne.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Obserwacja pracy studenta na ćwiczeniach, wyniki kolokwium pisemnego oraz egzaminu pisemnego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi obliczać niektóre miary statystyczne za pomocą funkcji programu EXCEL.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Obserwacja pracy studenta na ćwiczeniach, wyniki kolokwium pisemnego oraz egzaminu pisemnego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U03, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.T.P6S_UW.2</w:t>
-[...279 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>