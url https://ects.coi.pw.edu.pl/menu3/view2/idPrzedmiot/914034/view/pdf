--- v2 (2025-12-28)
+++ v3 (2026-03-25)
@@ -848,71 +848,141 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3, I.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wie, na czym polega korelacja dwóch cech w jednej populacji; zna pojęcie regresji liniowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Obserwacja pracy studenta na ćwiczeniach, wyniki kolokwium pisemnego oraz egzaminu pisemnego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wie, na czym polega korelacja dwóch cech w jednej populacji; zna pojęcie regresji liniowej.</w:t>
+        <w:t xml:space="preserve">Ma podstawowe wiadomości o rozkładzie normalnym i wykładniczym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Obserwacja pracy studenta na ćwiczeniach, wyniki kolokwium pisemnego oraz egzaminu pisemnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -931,742 +1001,672 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma podstawowe wiadomości o rozkładzie normalnym i wykładniczym.</w:t>
+        <w:t xml:space="preserve">Wie, na czym polega wnioskowanie statystyczne i testowanie hipotez statystycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Obserwacja pracy studenta na ćwiczeniach, wyniki kolokwium pisemnego oraz egzaminu pisemnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.2, II.H.P6S_WG.3, I.P6S_WG, II.S.P6S_WG.1</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wie, na czym polega wnioskowanie statystyczne i testowanie hipotez statystycznych.</w:t>
+        <w:t xml:space="preserve">Potrafi porządkować dane statystyczne i obliczać podstawowe miary statystyczne (miary wartości przeciętnej, rozproszenia, zmienności, asymetrii i koncentracji), wykorzystując w tym celu także narzędzia komputerowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Obserwacja pracy studenta na ćwiczeniach, wyniki kolokwium pisemnego oraz egzaminu pisemnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W06</w:t>
+        <w:t xml:space="preserve">K_U01, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określać stopień korelacji między cechami jednostek danej populacji oraz wyznaczać liniowe funkcje regresji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Obserwacja pracy studenta na ćwiczeniach, wyniki kolokwium pisemnego oraz egzaminu pisemnego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi posługiwać się typowymi teoretycznymi rozkładami statystycznymi (w tym: normalnym).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Obserwacja pracy studenta na ćwiczeniach, wyniki kolokwium pisemnego oraz egzaminu pisemnego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przeprowadzać proste wnioskowania statystyczne i testować proste hipotezy statystyczne.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Obserwacja pracy studenta na ćwiczeniach, wyniki kolokwium pisemnego oraz egzaminu pisemnego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi obliczać niektóre miary statystyczne za pomocą funkcji programu EXCEL.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Obserwacja pracy studenta na ćwiczeniach, wyniki kolokwium pisemnego oraz egzaminu pisemnego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi porządkować dane statystyczne i obliczać podstawowe miary statystyczne (miary wartości przeciętnej, rozproszenia, zmienności, asymetrii i koncentracji), wykorzystując w tym celu także narzędzia komputerowe.</w:t>
+        <w:t xml:space="preserve">Ma świadomość doniosłości badań statystycznych we współczesnym świecie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Obserwacja pracy studenta na ćwiczeniach, wyniki kolokwium pisemnego oraz egzaminu pisemnego.</w:t>
+        <w:t xml:space="preserve">Obserwacja studenta w trakcie rozwiązywania problemów i uzasadniania znalezionych rozwiązań (na ćwiczeniach przedmiotowych)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03, K_U01</w:t>
+        <w:t xml:space="preserve">K_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+        <w:t xml:space="preserve">I.P6S_KO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi określać stopień korelacji między cechami jednostek danej populacji oraz wyznaczać liniowe funkcje regresji.</w:t>
+        <w:t xml:space="preserve">Rozumie specyfikę wyników badań statystycznych (podawanych m.in. w środkach masowego przekazu); rozumie ich charakter i ograniczenia. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Obserwacja pracy studenta na ćwiczeniach, wyniki kolokwium pisemnego oraz egzaminu pisemnego.</w:t>
+        <w:t xml:space="preserve">Obserwacja studenta w trakcie rozwiązywania problemów i uzasadniania znalezionych rozwiązań (na ćwiczeniach przedmiotowych)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01</w:t>
+        <w:t xml:space="preserve">K_K01, K_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
+        <w:t xml:space="preserve">I.P6S_KO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi posługiwać się typowymi teoretycznymi rozkładami statystycznymi (w tym: normalnym).</w:t>
+        <w:t xml:space="preserve">Jest gotów do podejmowania decyzji na podstawie odpowiednio zinterpretowanych danych i miar statystycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Obserwacja pracy studenta na ćwiczeniach, wyniki kolokwium pisemnego oraz egzaminu pisemnego.</w:t>
+        <w:t xml:space="preserve">Obserwacja studenta w trakcie rozwiązywania problemów i uzasadniania znalezionych rozwiązań (na ćwiczeniach przedmiotowych)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01</w:t>
-[...359 lines deleted...]
-        <w:t xml:space="preserve">K_K01, K_K04</w:t>
+        <w:t xml:space="preserve">K_K04, K_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>