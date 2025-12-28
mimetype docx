--- v0 (2025-10-29)
+++ v1 (2025-12-28)
@@ -876,271 +876,271 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, II.H.P6S_WG.3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student ma poszerzoną wiedzę o wolnościach i prawach jednostki oraz o środkach prawnych ich ochrony. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena indywidualnej pracy studenta podczas zajęć, w tym jego aktywności i umiejętności samodzielnego formułowania stanowisk. Rozwiązywanie kazusów. Sprawdzian pisemny z całego materiału, który był omawiany podczas zajęć.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W01, K_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.H.P6S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student ma poszerzoną wiedzę o wolnościach i prawach jednostki oraz o środkach prawnych ich ochrony. </w:t>
+        <w:t xml:space="preserve">Student potrafi prawidłowo identyfikować problematykę ustroju państwa, zadań i kompetencji organów władzy publicznej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena indywidualnej pracy studenta podczas zajęć, w tym jego aktywności i umiejętności samodzielnego formułowania stanowisk. Rozwiązywanie kazusów. Sprawdzian pisemny z całego materiału, który był omawiany podczas zajęć.</w:t>
+        <w:t xml:space="preserve">Dyskusja podczas zajęć. Formułowanie stanowisk w krótkich wypowiedziach, z wykorzystaniem terminologii i pojęć poznanych podczas zajęć. Rozwiązywanie kazusów, przygotowywanie przykładowych regulacji prawnych i projektów aktów normatywnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W06</w:t>
+        <w:t xml:space="preserve">K_U01, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.H.P6S_WG.3</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi prawidłowo identyfikować problematykę ustroju państwa, zadań i kompetencji organów władzy publicznej.</w:t>
+        <w:t xml:space="preserve">Student rozpoznaje cechy aktów normatywnych (z konstytucyjnego katalogu źródeł prawa) i potrafi określić, jakie sprawy mogą być regulowane za ich pomocą. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja podczas zajęć. Formułowanie stanowisk w krótkich wypowiedziach, z wykorzystaniem terminologii i pojęć poznanych podczas zajęć. Rozwiązywanie kazusów, przygotowywanie przykładowych regulacji prawnych i projektów aktów normatywnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U04</w:t>
+        <w:t xml:space="preserve">K_U04, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma wiedzę o konstytucyjnych wolnościach, prawach i obowiązkach jednostki oraz o instytucjach, które gwarantują ochronę praw podstawowych, w tym w szczególności o sądownictwie konstytucyjnym. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>