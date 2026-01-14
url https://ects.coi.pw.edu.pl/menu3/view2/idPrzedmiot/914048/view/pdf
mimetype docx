--- v1 (2025-12-28)
+++ v2 (2026-01-14)
@@ -876,51 +876,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, II.H.P6S_WG.3</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.H.P6S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma poszerzoną wiedzę o wolnościach i prawach jednostki oraz o środkach prawnych ich ochrony. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -930,67 +930,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena indywidualnej pracy studenta podczas zajęć, w tym jego aktywności i umiejętności samodzielnego formułowania stanowisk. Rozwiązywanie kazusów. Sprawdzian pisemny z całego materiału, który był omawiany podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W06</w:t>
+        <w:t xml:space="preserve">K_W06, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.H.P6S_WG.3</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3, I.P6S_WG, II.H.P6S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -1080,51 +1080,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja podczas zajęć. Formułowanie stanowisk w krótkich wypowiedziach, z wykorzystaniem terminologii i pojęć poznanych podczas zajęć. Rozwiązywanie kazusów, przygotowywanie przykładowych regulacji prawnych i projektów aktów normatywnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1290,67 +1290,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozwiązywanie kazusów, przygotowywanie przykładowych regulacji prawnych i projektów aktów normatywnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U03</w:t>
+        <w:t xml:space="preserve">K_U03, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>