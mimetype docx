--- v2 (2026-01-14)
+++ v3 (2026-02-08)
@@ -930,67 +930,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena indywidualnej pracy studenta podczas zajęć, w tym jego aktywności i umiejętności samodzielnego formułowania stanowisk. Rozwiązywanie kazusów. Sprawdzian pisemny z całego materiału, który był omawiany podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W06, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3, I.P6S_WG, II.H.P6S_WG.1.o</w:t>
+        <w:t xml:space="preserve">II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -1306,51 +1306,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U03, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>