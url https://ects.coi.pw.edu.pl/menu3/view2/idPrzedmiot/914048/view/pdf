--- v3 (2026-02-08)
+++ v4 (2026-02-28)
@@ -946,51 +946,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.H.P6S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -1010,87 +1010,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja podczas zajęć. Formułowanie stanowisk w krótkich wypowiedziach, z wykorzystaniem terminologii i pojęć poznanych podczas zajęć. Rozwiązywanie kazusów, przygotowywanie przykładowych regulacji prawnych i projektów aktów normatywnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U04, K_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student rozpoznaje cechy aktów normatywnych (z konstytucyjnego katalogu źródeł prawa) i potrafi określić, jakie sprawy mogą być regulowane za ich pomocą. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dyskusja podczas zajęć. Formułowanie stanowisk w krótkich wypowiedziach, z wykorzystaniem terminologii i pojęć poznanych podczas zajęć. Rozwiązywanie kazusów, przygotowywanie przykładowych regulacji prawnych i projektów aktów normatywnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student rozpoznaje cechy aktów normatywnych (z konstytucyjnego katalogu źródeł prawa) i potrafi określić, jakie sprawy mogą być regulowane za ich pomocą. </w:t>
+        <w:t xml:space="preserve">Student ma wiedzę o konstytucyjnych wolnościach, prawach i obowiązkach jednostki oraz o instytucjach, które gwarantują ochronę praw podstawowych, w tym w szczególności o sądownictwie konstytucyjnym. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja podczas zajęć. Formułowanie stanowisk w krótkich wypowiedziach, z wykorzystaniem terminologii i pojęć poznanych podczas zajęć. Rozwiązywanie kazusów, przygotowywanie przykładowych regulacji prawnych i projektów aktów normatywnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1109,248 +1179,178 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student ma wiedzę o konstytucyjnych wolnościach, prawach i obowiązkach jednostki oraz o instytucjach, które gwarantują ochronę praw podstawowych, w tym w szczególności o sądownictwie konstytucyjnym. </w:t>
+        <w:t xml:space="preserve">Student potrafi posługiwać się tekstem Konstytucji oraz podstawowymi ustawami z zakresu prawa konstytucyjnego. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja podczas zajęć. Formułowanie stanowisk w krótkich wypowiedziach, z wykorzystaniem terminologii i pojęć poznanych podczas zajęć. Rozwiązywanie kazusów, przygotowywanie przykładowych regulacji prawnych i projektów aktów normatywnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U04</w:t>
+        <w:t xml:space="preserve">K_U04, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi posługiwać się tekstem Konstytucji oraz podstawowymi ustawami z zakresu prawa konstytucyjnego. </w:t>
+        <w:t xml:space="preserve">Student umie sięgać do odpowiednich źródeł nowej wiedzy (informacji) z zakresu prawa konstytucyjnego, w tym do systemów teleinformatycznych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Dyskusja podczas zajęć. Formułowanie stanowisk w krótkich wypowiedziach, z wykorzystaniem terminologii i pojęć poznanych podczas zajęć. Rozwiązywanie kazusów, przygotowywanie przykładowych regulacji prawnych i projektów aktów normatywnych.</w:t>
+        <w:t xml:space="preserve">Rozwiązywanie kazusów, przygotowywanie przykładowych regulacji prawnych i projektów aktów normatywnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U04</w:t>
+        <w:t xml:space="preserve">K_U01, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>