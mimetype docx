--- v4 (2026-02-28)
+++ v5 (2026-03-22)
@@ -1010,51 +1010,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja podczas zajęć. Formułowanie stanowisk w krótkich wypowiedziach, z wykorzystaniem terminologii i pojęć poznanych podczas zajęć. Rozwiązywanie kazusów, przygotowywanie przykładowych regulacji prawnych i projektów aktów normatywnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1220,51 +1220,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja podczas zajęć. Formułowanie stanowisk w krótkich wypowiedziach, z wykorzystaniem terminologii i pojęć poznanych podczas zajęć. Rozwiązywanie kazusów, przygotowywanie przykładowych regulacji prawnych i projektów aktów normatywnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1306,51 +1306,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>
@@ -1370,51 +1370,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja podczas zajęć. Formułowanie stanowisk w krótkich wypowiedziach, z wykorzystaniem terminologii i pojęć poznanych podczas zajęć. Rozwiązywanie kazusów, przygotowywanie przykładowych regulacji prawnych i projektów aktów normatywnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K01, K_K05</w:t>
+        <w:t xml:space="preserve">K_K05, K_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>