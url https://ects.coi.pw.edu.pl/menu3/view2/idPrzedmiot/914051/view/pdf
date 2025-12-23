--- v0 (2025-10-29)
+++ v1 (2025-12-23)
@@ -756,67 +756,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie pisemne w formie testu wyboru, testu z uzasadnieniem lub pytania problemowe, praca zaliczeniowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W07</w:t>
+        <w:t xml:space="preserve">K_W07, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.T.P6S_WK, II.H.P6S_WG.1.o</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.1, II.H.P6S_WG.1.o, I.P6S_WG, I.P6S_WK, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.T.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstawową wiedzę o różnych rodzajach struktur i instytucji społecznych (kulturowych, politycznych, prawnych, ekonomicznych), w szczególności ich istotnych elementach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -826,647 +826,647 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie pisemne w formie testu wyboru, testu z uzasadnieniem lub pytania problemowe, praca zaliczeniowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W01, K_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna metody i narzędzia, w tym techniki pozyskiwania danych, właściwe dla dziedzin nauki i dyscyplin naukowych, właściwych dla studiowanego kierunku studiów, pozwalające opisać struktury i instytucje społeczne oraz procesy w nich i między nimi zachodzące</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie pisemne w formie testu wyboru, testu z uzasadnieniem lub pytania problemowe, praca zaliczeniowa</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W02, K_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.H.P6S_WG.3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę o normach i regułach (prawnych, organizacyjnych, moralnych, etycznych) organizujących struktury i instytucje społeczne i rządzących nimi prawidłowościach oraz o ich źródłach, naturze, zmianach i sposobie działania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie pisemne w formie testu wyboru, testu z uzasadnieniem lub pytania problemowe, praca zaliczeniowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W02, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">II.H.P6S_WG/K.o, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.S.P6S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna metody i narzędzia, w tym techniki pozyskiwania danych, właściwe dla dziedzin nauki i dyscyplin naukowych, właściwych dla studiowanego kierunku studiów, pozwalające opisać struktury i instytucje społeczne oraz procesy w nich i między nimi zachodzące</w:t>
+        <w:t xml:space="preserve">Potrafi prawidłowo interpretować zjawiska społeczne (kulturowe, prawne, polityczne, ekonomiczne) w zakresie dziedzin nauki i dyscyplin naukowych, właściwych dla studiowanego kierunku.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zaliczenie pisemne w formie testu wyboru, testu z uzasadnieniem lub pytania problemowe, praca zaliczeniowa</w:t>
+        <w:t xml:space="preserve">Pisemne kolokwium z pytaniami testowymi lub opisowymi oraz praca zaliczeniowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W06</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.H.P6S_WG.3</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę o normach i regułach (prawnych, organizacyjnych, moralnych, etycznych) organizujących struktury i instytucje społeczne i rządzących nimi prawidłowościach oraz o ich źródłach, naturze, zmianach i sposobie działania.</w:t>
+        <w:t xml:space="preserve">Potrafi wykorzystać podstawową wiedzę teoretyczną i pozyskiwać dane do analizowania konkretnych procesów i zjawisk społecznych (kulturowych, politycznych, prawnych, gospodarczych) w zakresie dziedzin nauki i dyscyplin naukowych, właściwych dla studiowanego kierunku studiów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zaliczenie pisemne w formie testu wyboru, testu z uzasadnieniem lub pytania problemowe, praca zaliczeniowa.</w:t>
+        <w:t xml:space="preserve">Pisemne kolokwium z pytaniami testowymi lub opisowymi oraz praca zaliczeniowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W02</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi właściwie analizować przyczyny i przebieg konkretnych procesów i zjawisk społecznych(kulturowych, politycznych, prawnych, gospodarczych) w zakresie dziedzin nauki i dyscyplin naukowych, właściwych dla studiowanego kierunku studiów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Pisemne kolokwium z pytaniami testowymi lub opisowymi oraz praca zaliczeniowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Prawidłowo posługuje się systemami normatywnymi oraz wybranymi normami i regułami (prawnymi, moralnymi, zawodowymi) w celu rozwiązania konkretnego zadania z zakresu dziedzin nauki i dyscyplin naukowych, właściwych dla studiowanego kierunku studiów. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Pisemne kolokwium z pytaniami testowymi lub opisowymi oraz praca zaliczeniowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi prawidłowo interpretować zjawiska społeczne (kulturowe, prawne, polityczne, ekonomiczne) w zakresie dziedzin nauki i dyscyplin naukowych, właściwych dla studiowanego kierunku.</w:t>
+        <w:t xml:space="preserve">Rozumie potrzebę uczenia się. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Pisemne kolokwium z pytaniami testowymi lub opisowymi oraz praca zaliczeniowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02</w:t>
+        <w:t xml:space="preserve">K_K01, K_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">I.P6S_KO, I.P6S_KR</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wykorzystać podstawową wiedzę teoretyczną i pozyskiwać dane do analizowania konkretnych procesów i zjawisk społecznych (kulturowych, politycznych, prawnych, gospodarczych) w zakresie dziedzin nauki i dyscyplin naukowych, właściwych dla studiowanego kierunku studiów.</w:t>
+        <w:t xml:space="preserve">Potrafi współdziałać i pracować w grupie, przyjmując w niej różne role. Potrafi uzupełniać i doskonalić nabytą wiedzę i umiejętności. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Pisemne kolokwium z pytaniami testowymi lub opisowymi oraz praca zaliczeniowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02</w:t>
+        <w:t xml:space="preserve">K_K03, K_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o</w:t>
-[...289 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_KO, I.P6S_KR</w:t>
+        <w:t xml:space="preserve">I.P6S_KR, I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie podejmować decyzje i organizować pracę w zespole.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>