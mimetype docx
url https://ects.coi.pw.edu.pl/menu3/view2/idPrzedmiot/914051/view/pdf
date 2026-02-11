--- v1 (2025-12-23)
+++ v2 (2026-02-11)
@@ -756,67 +756,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie pisemne w formie testu wyboru, testu z uzasadnieniem lub pytania problemowe, praca zaliczeniowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W07, K_W03</w:t>
+        <w:t xml:space="preserve">K_W03, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.1, II.H.P6S_WG.1.o, I.P6S_WG, I.P6S_WK, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.T.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.T.P6S_WK, II.H.P6S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstawową wiedzę o różnych rodzajach struktur i instytucji społecznych (kulturowych, politycznych, prawnych, ekonomicznych), w szczególności ich istotnych elementach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -912,51 +912,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W02, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.H.P6S_WG.3</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę o normach i regułach (prawnych, organizacyjnych, moralnych, etycznych) organizujących struktury i instytucje społeczne i rządzących nimi prawidłowościach oraz o ich źródłach, naturze, zmianach i sposobie działania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -966,67 +966,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie pisemne w formie testu wyboru, testu z uzasadnieniem lub pytania problemowe, praca zaliczeniowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P6S_WG/K.o, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.S.P6S_WG.3</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -1202,51 +1202,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UU, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Prawidłowo posługuje się systemami normatywnymi oraz wybranymi normami i regułami (prawnymi, moralnymi, zawodowymi) w celu rozwiązania konkretnego zadania z zakresu dziedzin nauki i dyscyplin naukowych, właściwych dla studiowanego kierunku studiów. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1406,67 +1406,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Pisemne kolokwium z pytaniami testowymi lub opisowymi oraz praca zaliczeniowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K03, K_K01</w:t>
+        <w:t xml:space="preserve">K_K01, K_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_KR, I.P6S_KO</w:t>
+        <w:t xml:space="preserve">I.P6S_KO, I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie podejmować decyzje i organizować pracę w zespole.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>