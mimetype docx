--- v2 (2026-02-11)
+++ v3 (2026-03-22)
@@ -842,411 +842,411 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna metody i narzędzia, w tym techniki pozyskiwania danych, właściwe dla dziedzin nauki i dyscyplin naukowych, właściwych dla studiowanego kierunku studiów, pozwalające opisać struktury i instytucje społeczne oraz procesy w nich i między nimi zachodzące</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie pisemne w formie testu wyboru, testu z uzasadnieniem lub pytania problemowe, praca zaliczeniowa</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W02, K_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.H.P6S_WG.3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę o normach i regułach (prawnych, organizacyjnych, moralnych, etycznych) organizujących struktury i instytucje społeczne i rządzących nimi prawidłowościach oraz o ich źródłach, naturze, zmianach i sposobie działania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie pisemne w formie testu wyboru, testu z uzasadnieniem lub pytania problemowe, praca zaliczeniowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W01, K_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna metody i narzędzia, w tym techniki pozyskiwania danych, właściwe dla dziedzin nauki i dyscyplin naukowych, właściwych dla studiowanego kierunku studiów, pozwalające opisać struktury i instytucje społeczne oraz procesy w nich i między nimi zachodzące</w:t>
+        <w:t xml:space="preserve">Potrafi prawidłowo interpretować zjawiska społeczne (kulturowe, prawne, polityczne, ekonomiczne) w zakresie dziedzin nauki i dyscyplin naukowych, właściwych dla studiowanego kierunku.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zaliczenie pisemne w formie testu wyboru, testu z uzasadnieniem lub pytania problemowe, praca zaliczeniowa</w:t>
+        <w:t xml:space="preserve">Pisemne kolokwium z pytaniami testowymi lub opisowymi oraz praca zaliczeniowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W06</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę o normach i regułach (prawnych, organizacyjnych, moralnych, etycznych) organizujących struktury i instytucje społeczne i rządzących nimi prawidłowościach oraz o ich źródłach, naturze, zmianach i sposobie działania.</w:t>
+        <w:t xml:space="preserve">Potrafi wykorzystać podstawową wiedzę teoretyczną i pozyskiwać dane do analizowania konkretnych procesów i zjawisk społecznych (kulturowych, politycznych, prawnych, gospodarczych) w zakresie dziedzin nauki i dyscyplin naukowych, właściwych dla studiowanego kierunku studiów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zaliczenie pisemne w formie testu wyboru, testu z uzasadnieniem lub pytania problemowe, praca zaliczeniowa.</w:t>
+        <w:t xml:space="preserve">Pisemne kolokwium z pytaniami testowymi lub opisowymi oraz praca zaliczeniowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W02</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi prawidłowo interpretować zjawiska społeczne (kulturowe, prawne, polityczne, ekonomiczne) w zakresie dziedzin nauki i dyscyplin naukowych, właściwych dla studiowanego kierunku.</w:t>
+        <w:t xml:space="preserve">Potrafi właściwie analizować przyczyny i przebieg konkretnych procesów i zjawisk społecznych(kulturowych, politycznych, prawnych, gospodarczych) w zakresie dziedzin nauki i dyscyplin naukowych, właściwych dla studiowanego kierunku studiów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Pisemne kolokwium z pytaniami testowymi lub opisowymi oraz praca zaliczeniowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02</w:t>
+        <w:t xml:space="preserve">K_U01, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UU, I.P6S_UW</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Prawidłowo posługuje się systemami normatywnymi oraz wybranymi normami i regułami (prawnymi, moralnymi, zawodowymi) w celu rozwiązania konkretnego zadania z zakresu dziedzin nauki i dyscyplin naukowych, właściwych dla studiowanego kierunku studiów. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>