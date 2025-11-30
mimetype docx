--- v0 (2025-11-01)
+++ v1 (2025-11-30)
@@ -768,67 +768,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">praca pisemna, dyskusja, prezentacja</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W04, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W03, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, II.X.P6S_WG.2, II.H.P6S_WG.1.o, II.S.P6S_WG.1, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.X.P6S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma wiedzę nt. wykorzystania mechanizmów rynkowych  w zarządzaniu w administracji publicznej.  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -854,51 +854,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.T.P6S_WG</w:t>
+        <w:t xml:space="preserve">II.H.P6S_WG/K.o, I.P6S_WG, I.P6S_WK, II.T.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma wiedzę nt. modeli zarządzania zasobami ludzkimi w administracji publicznej, potrafi wskazać wady i zalety ich wykorzystania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -989,67 +989,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">praca w grupie na ćwiczeniach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03, K_U04, K_U10, K_U01, K_U02</w:t>
+        <w:t xml:space="preserve">K_U10, K_U01, K_U02, K_U03, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.T.P6S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U_02 Student potrafi dokonać obserwacji i interpretacji zjawisk w odniesieniu do zastosowania mechanizmów rynkowych w zarządzaniu administracją  publiczną.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>