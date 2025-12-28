--- v1 (2025-11-30)
+++ v2 (2025-12-28)
@@ -784,51 +784,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W03, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.X.P6S_WG.2</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.X.P6S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma wiedzę nt. wykorzystania mechanizmów rynkowych  w zarządzaniu w administracji publicznej.  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -854,51 +854,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P6S_WG/K.o, I.P6S_WG, I.P6S_WK, II.T.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.T.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma wiedzę nt. modeli zarządzania zasobami ludzkimi w administracji publicznej, potrafi wskazać wady i zalety ich wykorzystania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -989,67 +989,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">praca w grupie na ćwiczeniach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U10, K_U01, K_U02, K_U03, K_U04</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U03, K_U04, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.T.P6S_UW.2</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U_02 Student potrafi dokonać obserwacji i interpretacji zjawisk w odniesieniu do zastosowania mechanizmów rynkowych w zarządzaniu administracją  publiczną.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>