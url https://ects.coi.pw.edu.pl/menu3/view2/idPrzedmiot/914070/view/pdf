--- v2 (2025-12-28)
+++ v3 (2026-01-12)
@@ -784,51 +784,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W03, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.X.P6S_WG.2</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.X.P6S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma wiedzę nt. wykorzystania mechanizmów rynkowych  w zarządzaniu w administracji publicznej.  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -854,51 +854,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.T.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, II.T.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma wiedzę nt. modeli zarządzania zasobami ludzkimi w administracji publicznej, potrafi wskazać wady i zalety ich wykorzystania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -989,67 +989,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">praca w grupie na ćwiczeniach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02, K_U03, K_U04, K_U10</w:t>
+        <w:t xml:space="preserve">K_U10, K_U01, K_U02, K_U03, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
+        <w:t xml:space="preserve">II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U_02 Student potrafi dokonać obserwacji i interpretacji zjawisk w odniesieniu do zastosowania mechanizmów rynkowych w zarządzaniu administracją  publiczną.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>