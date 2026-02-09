--- v3 (2026-01-12)
+++ v4 (2026-02-09)
@@ -854,51 +854,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, II.T.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.T.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma wiedzę nt. modeli zarządzania zasobami ludzkimi w administracji publicznej, potrafi wskazać wady i zalety ich wykorzystania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1005,51 +1005,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U10, K_U01, K_U02, K_U03, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U_02 Student potrafi dokonać obserwacji i interpretacji zjawisk w odniesieniu do zastosowania mechanizmów rynkowych w zarządzaniu administracją  publiczną.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>