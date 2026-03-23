--- v4 (2026-02-09)
+++ v5 (2026-03-23)
@@ -768,67 +768,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">praca pisemna, dyskusja, prezentacja</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W03, K_W04</w:t>
+        <w:t xml:space="preserve">K_W04, K_W01, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.X.P6S_WG.2</w:t>
+        <w:t xml:space="preserve">II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.1, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma wiedzę nt. wykorzystania mechanizmów rynkowych  w zarządzaniu w administracji publicznej.  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -989,67 +989,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">praca w grupie na ćwiczeniach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U10, K_U01, K_U02, K_U03, K_U04</w:t>
+        <w:t xml:space="preserve">K_U03, K_U04, K_U10, K_U01, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U_02 Student potrafi dokonać obserwacji i interpretacji zjawisk w odniesieniu do zastosowania mechanizmów rynkowych w zarządzaniu administracją  publiczną.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>