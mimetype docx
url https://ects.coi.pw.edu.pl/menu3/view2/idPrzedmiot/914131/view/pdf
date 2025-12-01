--- v0 (2025-10-19)
+++ v1 (2025-12-01)
@@ -747,67 +747,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja, studia przypadków, zadania domowe, kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.1, II.S.P7S_WG.2, I.P7S_WG, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student zna różnice między: rzetelnym PR a PR prowadzonym z naruszeniem zasad; PR a reklamą; PR a marketingiem</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>