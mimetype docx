--- v1 (2025-12-01)
+++ v2 (2026-02-13)
@@ -817,67 +817,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja, kolokwium końcowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W06</w:t>
+        <w:t xml:space="preserve">K_W06, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
+        <w:t xml:space="preserve">II.S.P7S_WG.1, I.P7S_WG, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>