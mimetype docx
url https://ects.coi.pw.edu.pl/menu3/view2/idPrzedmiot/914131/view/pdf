--- v2 (2026-02-13)
+++ v3 (2026-03-15)
@@ -763,51 +763,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG</w:t>
+        <w:t xml:space="preserve">II.H.P7S_WG.1.o, I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student zna różnice między: rzetelnym PR a PR prowadzonym z naruszeniem zasad; PR a reklamą; PR a marketingiem</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -817,67 +817,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja, kolokwium końcowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W06, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.1, I.P7S_WG, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>