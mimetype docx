--- v0 (2025-10-16)
+++ v1 (2026-01-12)
@@ -840,691 +840,691 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W04, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, I.P7S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę na temat postępowania przed Trybunałem Sprawiedliwości Unii Europejskiej</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian w formie testu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W03, K_W04, K_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę na temat postępowania przed Trybunałem Sprawiedliwości Unii Europejskiej</w:t>
+        <w:t xml:space="preserve">Ma wiedzę na temat podstawowych rodzajów skarg kierowanych do Trybunału Sprawiedliwości Unii Europejskiej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian w formie testu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W04, K_W09, K_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WG, I.P7S_WK, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę na temat relacji: sąd krajowy - sąd unijny, w kontekście procedury orzeczenia wstępnego (pytania prejudycjalnego).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian w formie testu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W04, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, I.P7S_WK, II.S.P7S_WG.2</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę na temat podstawowych rodzajów skarg kierowanych do Trybunału Sprawiedliwości Unii Europejskiej.</w:t>
+        <w:t xml:space="preserve">Ma wiedzę w zakresie pozasądowego systemu ochrony prawnej w UE.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian w formie testu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W04, K_W09</w:t>
+        <w:t xml:space="preserve">K_W09, K_W03, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
+        <w:t xml:space="preserve">II.S.P7S_WG.1, I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę na temat relacji: sąd krajowy - sąd unijny, w kontekście procedury orzeczenia wstępnego (pytania prejudycjalnego).</w:t>
+        <w:t xml:space="preserve">Potrafi posługiwać się podstawową terminologią z zakresu systemu ochrony prawnej Unii Europejskiej </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian w formie testu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W09, K_W03</w:t>
+        <w:t xml:space="preserve">K_U04, K_U05, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WG, I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_06: </w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę w zakresie pozasądowego systemu ochrony prawnej w UE.</w:t>
+        <w:t xml:space="preserve">Potrafi wyszukiwać w zbiorach źródeł prawa unijnego (aktów prawnych i orzeczeń sądów unijnych) dokumentów potrzebnych do prawnej oceny danego stanu faktycznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian w formie testu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W04, K_W09</w:t>
+        <w:t xml:space="preserve">K_U04, K_U05, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
+        <w:t xml:space="preserve">II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi posługiwać się podstawową terminologią z zakresu systemu ochrony prawnej Unii Europejskiej </w:t>
+        <w:t xml:space="preserve">Potrafi posługiwać się źródłami prawa unijnego oraz orzecznictwem sądów unijnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian w formie testu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U05, K_U06, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.X.P7S_UW.2</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+        <w:t xml:space="preserve">II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.X.P7S_UW.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wyszukiwać w zbiorach źródeł prawa unijnego (aktów prawnych i orzeczeń sądów unijnych) dokumentów potrzebnych do prawnej oceny danego stanu faktycznego.</w:t>
+        <w:t xml:space="preserve">Potrafi, jeśli miałby taką potrzebę, skorzystać z instytucji sądowego systemu ochrony prawnej w Unii Europejskiej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian w formie testu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U06, K_U04, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
+        <w:t xml:space="preserve">II.H.P7S_UW.1, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi posługiwać się źródłami prawa unijnego oraz orzecznictwem sądów unijnych.</w:t>
+        <w:t xml:space="preserve">Potrafi, jeśli miałby taką potrzebę, skorzystać z instytucji pozasądowego systemu ochrony prawnej w Unii Europejskiej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian w formie testu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U04, K_U05, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.X.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>