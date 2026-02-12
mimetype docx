--- v1 (2026-01-12)
+++ v2 (2026-02-12)
@@ -824,87 +824,297 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian w formie testu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W09, K_W03, K_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.S.P7S_WG.1, I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę na temat postępowania przed Trybunałem Sprawiedliwości Unii Europejskiej</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian w formie testu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W04, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę na temat podstawowych rodzajów skarg kierowanych do Trybunału Sprawiedliwości Unii Europejskiej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian w formie testu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W03, K_W04, K_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę na temat relacji: sąd krajowy - sąd unijny, w kontekście procedury orzeczenia wstępnego (pytania prejudycjalnego).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian w formie testu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W03, K_W04, K_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W_06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę na temat postępowania przed Trybunałem Sprawiedliwości Unii Europejskiej</w:t>
+        <w:t xml:space="preserve">Ma wiedzę w zakresie pozasądowego systemu ochrony prawnej w UE.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian w formie testu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -915,976 +1125,766 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W04, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę na temat podstawowych rodzajów skarg kierowanych do Trybunału Sprawiedliwości Unii Europejskiej.</w:t>
+        <w:t xml:space="preserve">Potrafi posługiwać się podstawową terminologią z zakresu systemu ochrony prawnej Unii Europejskiej </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian w formie testu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W09, K_W03</w:t>
+        <w:t xml:space="preserve">K_U05, K_U06, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WG, I.P7S_WK, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę na temat relacji: sąd krajowy - sąd unijny, w kontekście procedury orzeczenia wstępnego (pytania prejudycjalnego).</w:t>
+        <w:t xml:space="preserve">Potrafi wyszukiwać w zbiorach źródeł prawa unijnego (aktów prawnych i orzeczeń sądów unijnych) dokumentów potrzebnych do prawnej oceny danego stanu faktycznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian w formie testu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W04, K_W09</w:t>
+        <w:t xml:space="preserve">K_U06, K_U04, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_06: </w:t>
+        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.X.P7S_UW.2, II.H.P7S_UW.2.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę w zakresie pozasądowego systemu ochrony prawnej w UE.</w:t>
+        <w:t xml:space="preserve">Potrafi posługiwać się źródłami prawa unijnego oraz orzecznictwem sądów unijnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian w formie testu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W09, K_W03, K_W04</w:t>
+        <w:t xml:space="preserve">K_U04, K_U05, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.1, I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi, jeśli miałby taką potrzebę, skorzystać z instytucji sądowego systemu ochrony prawnej w Unii Europejskiej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian w formie testu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U04, K_U05, K_U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi, jeśli miałby taką potrzebę, skorzystać z instytucji pozasądowego systemu ochrony prawnej w Unii Europejskiej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian w formie testu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U05, K_U06, K_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi posługiwać się podstawową terminologią z zakresu systemu ochrony prawnej Unii Europejskiej </w:t>
+        <w:t xml:space="preserve">Ma świadomość poziomu swojej wiedzy i umiejętności z zakresu systemu ochrony prawnej w Unii Europejskiej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian w formie testu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U05, K_U06</w:t>
+        <w:t xml:space="preserve">K_K02, K_K03, K_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+        <w:t xml:space="preserve">I.P7S_KR, I.P7S_KO, I.P7S_KK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wyszukiwać w zbiorach źródeł prawa unijnego (aktów prawnych i orzeczeń sądów unijnych) dokumentów potrzebnych do prawnej oceny danego stanu faktycznego.</w:t>
+        <w:t xml:space="preserve">Ma świadomość znaczenia systemu ochrony prawnej w Unii Europejskiej, zwłaszcza dla ochrony praw jednostki.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian w formie testu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U05, K_U06</w:t>
+        <w:t xml:space="preserve">K_K02, K_K03, K_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
+        <w:t xml:space="preserve">I.P7S_KR, I.P7S_KO, I.P7S_KK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi posługiwać się źródłami prawa unijnego oraz orzecznictwem sądów unijnych.</w:t>
+        <w:t xml:space="preserve">Ma świadomość problemów politycznych i etycznych występujących w procesie rozwoju systemu ochrony prawnej w Unii Europejskiej. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian w formie testu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U05, K_U06, K_U04</w:t>
+        <w:t xml:space="preserve">K_K02, K_K03, K_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.X.P7S_UW.2</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
+        <w:t xml:space="preserve">I.P7S_KR, I.P7S_KO, I.P7S_KK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi, jeśli miałby taką potrzebę, skorzystać z instytucji sądowego systemu ochrony prawnej w Unii Europejskiej.</w:t>
+        <w:t xml:space="preserve">Docenia znaczenie orzecznictwa TSUE dla rozwoju prawa unijnego i ochrony praw jednostki.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian w formie testu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U04, K_U05</w:t>
+        <w:t xml:space="preserve">K_K02, K_K03, K_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_UW.1, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_05: </w:t>
+        <w:t xml:space="preserve">I.P7S_KR, I.P7S_KO, I.P7S_KK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi, jeśli miałby taką potrzebę, skorzystać z instytucji pozasądowego systemu ochrony prawnej w Unii Europejskiej.</w:t>
+        <w:t xml:space="preserve">Rozumie konieczność dalszego doskonalenia zawodowego i rozwoju osobistego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian w formie testu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U05, K_U06</w:t>
+        <w:t xml:space="preserve">K_K04, K_K02, K_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
-[...359 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_KR, I.P7S_KO, I.P7S_KK</w:t>
+        <w:t xml:space="preserve">I.P7S_KK, I.P7S_KR, I.P7S_KO</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">