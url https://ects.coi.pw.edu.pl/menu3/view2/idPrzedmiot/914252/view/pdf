--- v2 (2026-02-12)
+++ v3 (2026-03-17)
@@ -770,141 +770,211 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W04, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, I.P7S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę w zakresie struktury i kompetencji unijnych organów sądowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian w formie testu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W03, K_W04, K_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę w zakresie struktury i kompetencji unijnych organów sądowych.</w:t>
+        <w:t xml:space="preserve">Ma wiedzę na temat postępowania przed Trybunałem Sprawiedliwości Unii Europejskiej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian w formie testu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W09, K_W03, K_W04</w:t>
+        <w:t xml:space="preserve">K_W03, K_W04, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.1, I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+        <w:t xml:space="preserve">II.H.P7S_WG.2, I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, I.P7S_WK, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę na temat postępowania przed Trybunałem Sprawiedliwości Unii Europejskiej</w:t>
+        <w:t xml:space="preserve">Ma wiedzę na temat podstawowych rodzajów skarg kierowanych do Trybunału Sprawiedliwości Unii Europejskiej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian w formie testu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -923,968 +993,898 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę na temat podstawowych rodzajów skarg kierowanych do Trybunału Sprawiedliwości Unii Europejskiej.</w:t>
+        <w:t xml:space="preserve">Ma wiedzę na temat relacji: sąd krajowy - sąd unijny, w kontekście procedury orzeczenia wstępnego (pytania prejudycjalnego).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian w formie testu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W04, K_W09, K_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.1, I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę w zakresie pozasądowego systemu ochrony prawnej w UE.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian w formie testu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W04, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę na temat relacji: sąd krajowy - sąd unijny, w kontekście procedury orzeczenia wstępnego (pytania prejudycjalnego).</w:t>
+        <w:t xml:space="preserve">Potrafi posługiwać się podstawową terminologią z zakresu systemu ochrony prawnej Unii Europejskiej </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian w formie testu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W04, K_W09</w:t>
+        <w:t xml:space="preserve">K_U05, K_U06, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, I.P7S_WK</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_06: </w:t>
+        <w:t xml:space="preserve">II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.X.P7S_UW.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę w zakresie pozasądowego systemu ochrony prawnej w UE.</w:t>
+        <w:t xml:space="preserve">Potrafi wyszukiwać w zbiorach źródeł prawa unijnego (aktów prawnych i orzeczeń sądów unijnych) dokumentów potrzebnych do prawnej oceny danego stanu faktycznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian w formie testu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W04, K_W09</w:t>
+        <w:t xml:space="preserve">K_U06, K_U04, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">II.H.P7S_UW.1, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi posługiwać się źródłami prawa unijnego oraz orzecznictwem sądów unijnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian w formie testu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U04, K_U05, K_U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi, jeśli miałby taką potrzebę, skorzystać z instytucji sądowego systemu ochrony prawnej w Unii Europejskiej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian w formie testu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U04, K_U05, K_U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi, jeśli miałby taką potrzebę, skorzystać z instytucji pozasądowego systemu ochrony prawnej w Unii Europejskiej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian w formie testu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U05, K_U06, K_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.X.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi posługiwać się podstawową terminologią z zakresu systemu ochrony prawnej Unii Europejskiej </w:t>
+        <w:t xml:space="preserve">Ma świadomość poziomu swojej wiedzy i umiejętności z zakresu systemu ochrony prawnej w Unii Europejskiej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian w formie testu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U05, K_U06, K_U04</w:t>
+        <w:t xml:space="preserve">K_K02, K_K03, K_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+        <w:t xml:space="preserve">I.P7S_KR, I.P7S_KO, I.P7S_KK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wyszukiwać w zbiorach źródeł prawa unijnego (aktów prawnych i orzeczeń sądów unijnych) dokumentów potrzebnych do prawnej oceny danego stanu faktycznego.</w:t>
+        <w:t xml:space="preserve">Ma świadomość znaczenia systemu ochrony prawnej w Unii Europejskiej, zwłaszcza dla ochrony praw jednostki.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian w formie testu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U04, K_U05</w:t>
+        <w:t xml:space="preserve">K_K02, K_K03, K_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.X.P7S_UW.2, II.H.P7S_UW.2.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
+        <w:t xml:space="preserve">I.P7S_KR, I.P7S_KO, I.P7S_KK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi posługiwać się źródłami prawa unijnego oraz orzecznictwem sądów unijnych.</w:t>
+        <w:t xml:space="preserve">Ma świadomość problemów politycznych i etycznych występujących w procesie rozwoju systemu ochrony prawnej w Unii Europejskiej. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian w formie testu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U05, K_U06</w:t>
+        <w:t xml:space="preserve">K_K02, K_K03, K_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
+        <w:t xml:space="preserve">I.P7S_KR, I.P7S_KO, I.P7S_KK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi, jeśli miałby taką potrzebę, skorzystać z instytucji sądowego systemu ochrony prawnej w Unii Europejskiej.</w:t>
+        <w:t xml:space="preserve">Docenia znaczenie orzecznictwa TSUE dla rozwoju prawa unijnego i ochrony praw jednostki.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian w formie testu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U05, K_U06</w:t>
+        <w:t xml:space="preserve">K_K02, K_K03, K_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_05: </w:t>
+        <w:t xml:space="preserve">I.P7S_KR, I.P7S_KO, I.P7S_KK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi, jeśli miałby taką potrzebę, skorzystać z instytucji pozasądowego systemu ochrony prawnej w Unii Europejskiej.</w:t>
+        <w:t xml:space="preserve">Rozumie konieczność dalszego doskonalenia zawodowego i rozwoju osobistego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian w formie testu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U05, K_U06, K_U04</w:t>
+        <w:t xml:space="preserve">K_K02, K_K03, K_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
-[...78 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_KR, I.P7S_KO, I.P7S_KK</w:t>
-      </w:r>
-[...278 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_KK, I.P7S_KR, I.P7S_KO</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">