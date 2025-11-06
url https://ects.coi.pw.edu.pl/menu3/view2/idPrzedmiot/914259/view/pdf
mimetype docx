--- v0 (2025-10-13)
+++ v1 (2025-11-06)
@@ -846,51 +846,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W06, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.1, I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">posiada wiedzę na temat zasad wdrażania projektów europejskich i wie, jakie działania są niezbędne przy organizacji projektów europejskich</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -900,67 +900,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie na ocenę</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W03, K_W08, K_W10, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W02, K_W03, K_W08, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.1, II.S.P7S_WG.2, I.P7S_WK, II.X.P7S_WG.1.o, II.H.P7S_WG.1.o, II.H.P7S_WG.2, II.T.P7S_WG, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zna najważniejsze zasady prawidłowego rozliczania projektu europejskiego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -986,51 +986,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W02, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">II.S.P7S_WG.1, II.S.P7S_WG.2, I.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WK, II.T.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zna efektywne sposoby organizacji pracy zespołu realizującego projekt europejski</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1260,67 +1260,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie na ocenę</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U05, K_U12, K_U01, K_U04</w:t>
+        <w:t xml:space="preserve">K_U04, K_U05, K_U12, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, II.S.P7S_UW.2.o, II.S.P7S_UW.1, II.S.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.T.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>