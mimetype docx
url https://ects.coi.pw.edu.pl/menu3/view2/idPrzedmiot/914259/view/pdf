--- v1 (2025-11-06)
+++ v2 (2026-01-11)
@@ -776,551 +776,551 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">II.H.P7S_WG.2, I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, I.P7S_WK, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">rozumie uwarunkowania związane z planowaniem i realizacją projektów finansowanych ze środków UE</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zaliczenie na ocenę</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W03, K_W06, K_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">rozumie uwarunkowania związane z planowaniem i realizacją projektów finansowanych ze środków UE</w:t>
+        <w:t xml:space="preserve">posiada wiedzę na temat zasad wdrażania projektów europejskich i wie, jakie działania są niezbędne przy organizacji projektów europejskich</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie na ocenę</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W06, K_W08</w:t>
+        <w:t xml:space="preserve">K_W03, K_W08, K_W10, K_W01, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.1, I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+        <w:t xml:space="preserve">II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WK, II.S.P7S_WG.1, II.T.P7S_WG, I.P7S_WG, II.S.P7S_WG.2, II.X.P7S_WG.1.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">posiada wiedzę na temat zasad wdrażania projektów europejskich i wie, jakie działania są niezbędne przy organizacji projektów europejskich</w:t>
+        <w:t xml:space="preserve">zna najważniejsze zasady prawidłowego rozliczania projektu europejskiego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie na ocenę</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W02, K_W03, K_W08, K_W10</w:t>
+        <w:t xml:space="preserve">K_W02, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
+        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna najważniejsze zasady prawidłowego rozliczania projektu europejskiego</w:t>
+        <w:t xml:space="preserve">zna efektywne sposoby organizacji pracy zespołu realizującego projekt europejski</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie na ocenę</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W04</w:t>
+        <w:t xml:space="preserve">K_W01, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.1, II.S.P7S_WG.2, I.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WK, II.T.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna efektywne sposoby organizacji pracy zespołu realizującego projekt europejski</w:t>
+        <w:t xml:space="preserve">posiada wiedzę na temat systemów informatycznych wspierających zarządzanie projektami europejskimi, Wie, jak wypełnić formularz w elekronicznym generatorze wniosków</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie na ocenę</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W08</w:t>
+        <w:t xml:space="preserve">K_W10, K_W04, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_06: </w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, I.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">posiada wiedzę na temat systemów informatycznych wspierających zarządzanie projektami europejskimi, Wie, jak wypełnić formularz w elekronicznym generatorze wniosków</w:t>
+        <w:t xml:space="preserve">zna specjalistyczne pojęcia związane z zarządzaniem funduszami europejskimi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie na ocenę</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W08, K_W10</w:t>
+        <w:t xml:space="preserve">K_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WK, II.T.P7S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
+        <w:t xml:space="preserve">I.P7S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna specjalistyczne pojęcia związane z zarządzaniem funduszami europejskimi</w:t>
+        <w:t xml:space="preserve">posiada umiejętności przeprowadzania analiz w oparciu o wiedzę teoretyczną i potrafi zastosować wiedzę teoretyczną w pracy zawodowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie na ocenę</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U11</w:t>
+        <w:t xml:space="preserve">K_U01, K_U04, K_U05, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.T.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.X.P7S_UW.2, II.T.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>