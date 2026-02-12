--- v2 (2026-01-11)
+++ v3 (2026-02-12)
@@ -776,51 +776,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_WG.2, I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, I.P7S_WK, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
+        <w:t xml:space="preserve">II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">rozumie uwarunkowania związane z planowaniem i realizacją projektów finansowanych ze środków UE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -916,51 +916,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W08, K_W10, K_W01, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WK, II.S.P7S_WG.1, II.T.P7S_WG, I.P7S_WG, II.S.P7S_WG.2, II.X.P7S_WG.1.o</w:t>
+        <w:t xml:space="preserve">II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WK, II.T.P7S_WG, I.P7S_WG, II.X.P7S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zna najważniejsze zasady prawidłowego rozliczania projektu europejskiego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1110,67 +1110,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie na ocenę</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W10, K_W04, K_W08</w:t>
+        <w:t xml:space="preserve">K_W08, K_W10, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, I.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.S.P7S_WG.1, II.T.P7S_WG, I.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -1260,67 +1260,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie na ocenę</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U04, K_U05, K_U12</w:t>
+        <w:t xml:space="preserve">K_U12, K_U01, K_U04, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.X.P7S_UW.2, II.T.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">II.X.P7S_UW.2, II.S.P7S_UW.2.o, I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.T.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>