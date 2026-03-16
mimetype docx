--- v3 (2026-02-12)
+++ v4 (2026-03-16)
@@ -776,51 +776,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, I.P7S_WK</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">rozumie uwarunkowania związane z planowaniem i realizacją projektów finansowanych ze środków UE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -846,51 +846,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W06, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">posiada wiedzę na temat zasad wdrażania projektów europejskich i wie, jakie działania są niezbędne przy organizacji projektów europejskich</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -900,67 +900,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie na ocenę</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W08, K_W10, K_W01, K_W02</w:t>
+        <w:t xml:space="preserve">K_W10, K_W01, K_W02, K_W03, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WK, II.T.P7S_WG, I.P7S_WG, II.X.P7S_WG.1.o</w:t>
+        <w:t xml:space="preserve">II.S.P7S_WG.1, I.P7S_WG, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zna najważniejsze zasady prawidłowego rozliczania projektu europejskiego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1110,67 +1110,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie na ocenę</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W08, K_W10, K_W04</w:t>
+        <w:t xml:space="preserve">K_W04, K_W08, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.S.P7S_WG.1, II.T.P7S_WG, I.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WK, II.T.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -1260,67 +1260,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie na ocenę</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U12, K_U01, K_U04, K_U05</w:t>
+        <w:t xml:space="preserve">K_U01, K_U04, K_U05, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P7S_UW.2, II.S.P7S_UW.2.o, I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.T.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.T.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>