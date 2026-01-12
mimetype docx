--- v0 (2025-11-05)
+++ v1 (2026-01-12)
@@ -756,551 +756,551 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W04, K_W06, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.1, I.P7S_WK, II.X.P7S_WG.1.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady nowej retoryki</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">praca zaliczeniowa</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W03, K_W04, K_W06, K_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady racjonalnej dyskusji</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">praca zaliczeniowa</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W04, K_W06, K_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasady nowej retoryki</w:t>
+        <w:t xml:space="preserve">Zna wybrane zagadnienia i postacie istotne w dziejach retoryki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">praca zaliczeniowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W04, K_W06, K_W08</w:t>
+        <w:t xml:space="preserve">K_W04, K_W06, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+        <w:t xml:space="preserve">II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WG, I.P7S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasady racjonalnej dyskusji</w:t>
+        <w:t xml:space="preserve">zna podstawowe zasady retoryki starożytnej i klasycznej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">praca zaliczeniowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W06, K_W08</w:t>
+        <w:t xml:space="preserve">K_W04, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.1, I.P7S_WK, II.X.P7S_WG.1.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna wybrane zagadnienia i postacie istotne w dziejach retoryki</w:t>
+        <w:t xml:space="preserve">Umie posługiwać się zasadami nowej retoryki oraz potrafi wykorzystać poznane teorie i konstrukcje w praktyce argumentacyjnej i do analizy podstawowych problemów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">praca zaliczeniowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W06, K_W08</w:t>
+        <w:t xml:space="preserve">K_U06, K_U03, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WK</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
+        <w:t xml:space="preserve">II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UW, I.P7S_UK, II.H.P7S_UW.2.o, II.X.P7S_UW.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna podstawowe zasady retoryki starożytnej i klasycznej</w:t>
+        <w:t xml:space="preserve">Umie przygotować się do wystąpienia publicznego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">praca zaliczeniowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W08</w:t>
+        <w:t xml:space="preserve">K_U01, K_U05, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WK</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.X.P7S_UW.2, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie posługiwać się zasadami nowej retoryki oraz potrafi wykorzystać poznane teorie i konstrukcje w praktyce argumentacyjnej i do analizy podstawowych problemów.</w:t>
+        <w:t xml:space="preserve">Potrafi dokonać analizy własnych działań i wskazać ewentualne obszary wymagające modyfikacji w przyszłym działaniu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">praca zaliczeniowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U06, K_U03</w:t>
+        <w:t xml:space="preserve">K_U04, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.X.P7S_UW.2</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>