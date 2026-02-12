--- v1 (2026-01-12)
+++ v2 (2026-02-12)
@@ -756,51 +756,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W04, K_W06, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.1, I.P7S_WK, II.X.P7S_WG.1.o</w:t>
+        <w:t xml:space="preserve">II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WG, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna zasady nowej retoryki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -880,427 +880,427 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">praca zaliczeniowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W08, K_W04, K_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.S.P7S_WG.1, I.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna wybrane zagadnienia i postacie istotne w dziejach retoryki</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">praca zaliczeniowa</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W04, K_W06, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna wybrane zagadnienia i postacie istotne w dziejach retoryki</w:t>
+        <w:t xml:space="preserve">zna podstawowe zasady retoryki starożytnej i klasycznej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">praca zaliczeniowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W06, K_W08</w:t>
+        <w:t xml:space="preserve">K_W04, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WG, I.P7S_WK</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna podstawowe zasady retoryki starożytnej i klasycznej</w:t>
+        <w:t xml:space="preserve">Umie posługiwać się zasadami nowej retoryki oraz potrafi wykorzystać poznane teorie i konstrukcje w praktyce argumentacyjnej i do analizy podstawowych problemów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">praca zaliczeniowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W08</w:t>
+        <w:t xml:space="preserve">K_U06, K_U03, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WK</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
+        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.X.P7S_UW.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie posługiwać się zasadami nowej retoryki oraz potrafi wykorzystać poznane teorie i konstrukcje w praktyce argumentacyjnej i do analizy podstawowych problemów.</w:t>
+        <w:t xml:space="preserve">Umie przygotować się do wystąpienia publicznego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">praca zaliczeniowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U03, K_U04</w:t>
+        <w:t xml:space="preserve">K_U01, K_U05, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UW, I.P7S_UK, II.H.P7S_UW.2.o, II.X.P7S_UW.2</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.X.P7S_UW.2, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie przygotować się do wystąpienia publicznego</w:t>
+        <w:t xml:space="preserve">Potrafi dokonać analizy własnych działań i wskazać ewentualne obszary wymagające modyfikacji w przyszłym działaniu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">praca zaliczeniowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U05, K_U06</w:t>
+        <w:t xml:space="preserve">K_U04, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.X.P7S_UW.2, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.X.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>