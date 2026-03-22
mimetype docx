--- v2 (2026-02-12)
+++ v3 (2026-03-22)
@@ -756,551 +756,551 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W04, K_W06, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady nowej retoryki</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">praca zaliczeniowa</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W03, K_W04, K_W06, K_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady racjonalnej dyskusji</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">praca zaliczeniowa</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W04, K_W06, K_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WG, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasady nowej retoryki</w:t>
+        <w:t xml:space="preserve">Zna wybrane zagadnienia i postacie istotne w dziejach retoryki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">praca zaliczeniowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W04, K_W06, K_W08</w:t>
+        <w:t xml:space="preserve">K_W04, K_W06, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasady racjonalnej dyskusji</w:t>
+        <w:t xml:space="preserve">zna podstawowe zasady retoryki starożytnej i klasycznej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">praca zaliczeniowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W08, K_W04, K_W06</w:t>
+        <w:t xml:space="preserve">K_W04, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.1, I.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WK</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna wybrane zagadnienia i postacie istotne w dziejach retoryki</w:t>
+        <w:t xml:space="preserve">Umie posługiwać się zasadami nowej retoryki oraz potrafi wykorzystać poznane teorie i konstrukcje w praktyce argumentacyjnej i do analizy podstawowych problemów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">praca zaliczeniowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W06, K_W08</w:t>
+        <w:t xml:space="preserve">K_U04, K_U06, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WK</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
+        <w:t xml:space="preserve">II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna podstawowe zasady retoryki starożytnej i klasycznej</w:t>
+        <w:t xml:space="preserve">Umie przygotować się do wystąpienia publicznego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">praca zaliczeniowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W08</w:t>
+        <w:t xml:space="preserve">K_U06, K_U01, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WK</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
+        <w:t xml:space="preserve">II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UW, II.H.P7S_UW.2.o, II.X.P7S_UW.2, I.P7S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie posługiwać się zasadami nowej retoryki oraz potrafi wykorzystać poznane teorie i konstrukcje w praktyce argumentacyjnej i do analizy podstawowych problemów.</w:t>
+        <w:t xml:space="preserve">Potrafi dokonać analizy własnych działań i wskazać ewentualne obszary wymagające modyfikacji w przyszłym działaniu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">praca zaliczeniowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U03, K_U04</w:t>
+        <w:t xml:space="preserve">K_U04, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.X.P7S_UW.2</w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve">II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>