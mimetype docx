--- v0 (2026-01-12)
+++ v1 (2026-02-13)
@@ -771,51 +771,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, I.P7S_WK</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawy prawne bezpieczeństwa informacji i systemów teleinformatycznych organizacji. Zna metody przeciwdziałania zagrożeniom informacji i systemów teleinformatycznych organizacji. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -911,51 +911,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W04, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_WG.2, I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WK, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna źródła i zagrożenia informacji oraz systemów teleinformatycznych organizacji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1035,67 +1035,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Przedmiot zaliczany na ocenę. Ocenę przedmiotu stanowi średnia z sumy ocen z części teoretycznej (test z wykładów) oraz części praktycznej - ćwiczeniowej (ocena opracowanego modelu - polityki bezpieczeństwa informacji organizacji). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W06, K_W09, K_W10, K_W01, K_W03</w:t>
+        <w:t xml:space="preserve">K_W03, K_W06, K_W09, K_W10, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.1, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.2, II.X.P7S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -1201,51 +1201,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U04, K_U06, K_U09, K_U10, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, I.P7S_UO, II.T.P7S_UW.2, II.X.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, I.P7S_UO, II.T.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi bezpiecznie stosować usługi teleinformatyczne w codziennej działalności organizacji oraz w sytuacjach kryzysowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1255,67 +1255,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Przedmiot zaliczany na ocenę. Ocenę przedmiotu stanowi średnia z sumy ocen z części teoretycznej (test z wykładów) oraz części praktycznej - ćwiczeniowej (ocena opracowanego modelu - polityki bezpieczeństwa informacji organizacji). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U10, K_U12, K_U06, K_U08, K_U09</w:t>
+        <w:t xml:space="preserve">K_U08, K_U09, K_U10, K_U12, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UO, I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, II.S.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, I.P7S_UK, I.P7S_UO, I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, II.X.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi opracować politykę bezpieczeństwa informacji lub systemu teleinformatycznego organizacji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1405,67 +1405,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Przedmiot zaliczany na ocenę. Ocenę przedmiotu stanowi średnia z sumy ocen z części teoretycznej (test z wykładów) oraz części praktycznej - ćwiczeniowej (ocena opracowanego modelu - polityki bezpieczeństwa informacji organizacji). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K01, K_K02, K_K03, K_K04, K_K07</w:t>
+        <w:t xml:space="preserve">K_K02, K_K03, K_K04, K_K07, K_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_KK, I.P7S_KR, I.P7S_KO</w:t>
+        <w:t xml:space="preserve">I.P7S_KR, I.P7S_KO, I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość dynamicznego rozwoju systemów informatycznych i informatycznych i rosnącego zagrożenia bezpieczeństwa przesyłanej, przetwarzanej i przechowywanej w nich organizacji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>