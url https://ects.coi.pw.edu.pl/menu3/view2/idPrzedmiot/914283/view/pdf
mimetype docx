--- v0 (2025-10-14)
+++ v1 (2025-11-05)
@@ -766,67 +766,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W05, K_W01, K_W02, K_W04</w:t>
+        <w:t xml:space="preserve">K_W01, K_W02, K_W04, K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.S.P7S_WG.3, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.T.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2, II.S.P7S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna prawne formy reglamentacji procesu budowlanego w odniesieniu do poszczególnych rodzajów inwestycji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -836,717 +836,717 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wpisz opis</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W02, K_W04, K_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, I.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zakres zadań i kompetencji organów administracji publicznej w procesie budowlanym </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wpisz opis</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W01, K_W02, K_W04, K_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna regulacje prawne dotyczące oddawania obiektów budowlanych do użytkowania </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W02, K_W04, K_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, I.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna procedury prawne prowadzenia postępowania w przypadku katastrofy budowlanej</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W02, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W_06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zakres zadań i kompetencji organów administracji publicznej w procesie budowlanym </w:t>
+        <w:t xml:space="preserve">Zna zakres obowiązków właścicieli i zarządców obiektów budowlanych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wpisz opis</w:t>
+        <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W06, K_W01, K_W02</w:t>
+        <w:t xml:space="preserve">K_W02, K_W04, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
+        <w:t xml:space="preserve">II.S.P7S_WG.1, II.S.P7S_WG.2, I.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna regulacje prawne dotyczące oddawania obiektów budowlanych do użytkowania </w:t>
+        <w:t xml:space="preserve">Potrafi stworzyć prostą umowę o roboty budowlane</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
+        <w:t xml:space="preserve">Ćwiczenia w grupach. Test wielokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W02, K_W04</w:t>
+        <w:t xml:space="preserve">K_U06, K_U07, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
+        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna procedury prawne prowadzenia postępowania w przypadku katastrofy budowlanej</w:t>
+        <w:t xml:space="preserve">Potrafi sprawdzić informacje dotyczące nieruchomości w księdze wieczystej i katastrze nieruchomości</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
+        <w:t xml:space="preserve">Ćwiczenia realizowane samodzielnie. Test wielokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W01, K_W02</w:t>
+        <w:t xml:space="preserve">K_U12, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_06: </w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.T.P7S_UW.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zakres obowiązków właścicieli i zarządców obiektów budowlanych</w:t>
+        <w:t xml:space="preserve">Potrafi zaplanować proces budowlany w zakresie organizacyjno-prawnym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
+        <w:t xml:space="preserve">Dyskusja. Test wielokrotnego wyboru.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W02, K_W04</w:t>
+        <w:t xml:space="preserve">K_U02, K_U06, K_U09, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.3.o, I.P7S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi analizować źródła prawa w zakresie prawa budowlanego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ćwiczenia własne po demonstracji programu LEX/Legalis</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, II.S.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi stworzyć prostą umowę o roboty budowlane</w:t>
+        <w:t xml:space="preserve">Rozumie problemy etyczne związane z wykonywaniem samodzielnych funkcji technicznych w budownictwie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ćwiczenia w grupach. Test wielokrotnego wyboru</w:t>
+        <w:t xml:space="preserve">Test wielokrotnego wyboru. Dyskusja </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U07, K_U09</w:t>
+        <w:t xml:space="preserve">K_K02, K_K03, K_K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UO</w:t>
-[...289 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_KO, I.P7S_KR</w:t>
+        <w:t xml:space="preserve">I.P7S_KR, I.P7S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Jest gotowy do dyskusji na temat współczesnych problemów prawa budowlanego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>