--- v1 (2025-11-05)
+++ v2 (2025-12-09)
@@ -766,67 +766,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W02, K_W04, K_W05</w:t>
+        <w:t xml:space="preserve">K_W04, K_W05, K_W01, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2, II.S.P7S_WG.3</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WK, II.S.P7S_WG.3, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.T.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna prawne formy reglamentacji procesu budowlanego w odniesieniu do poszczególnych rodzajów inwestycji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -836,637 +836,637 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wpisz opis</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W01, K_W02, K_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zakres zadań i kompetencji organów administracji publicznej w procesie budowlanym </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wpisz opis</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W02, K_W04, K_W06, K_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.S.P7S_WG.2, I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna regulacje prawne dotyczące oddawania obiektów budowlanych do użytkowania </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W01, K_W02, K_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna procedury prawne prowadzenia postępowania w przypadku katastrofy budowlanej</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W02, K_W04, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, I.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+        <w:t xml:space="preserve">II.S.P7S_WG.2, I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zakres zadań i kompetencji organów administracji publicznej w procesie budowlanym </w:t>
+        <w:t xml:space="preserve">Zna zakres obowiązków właścicieli i zarządców obiektów budowlanych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wpisz opis</w:t>
+        <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W02, K_W04, K_W06</w:t>
+        <w:t xml:space="preserve">K_W01, K_W02, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna regulacje prawne dotyczące oddawania obiektów budowlanych do użytkowania </w:t>
+        <w:t xml:space="preserve">Potrafi stworzyć prostą umowę o roboty budowlane</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
+        <w:t xml:space="preserve">Ćwiczenia w grupach. Test wielokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W04, K_W01</w:t>
+        <w:t xml:space="preserve">K_U07, K_U09, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, I.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
+        <w:t xml:space="preserve">II.H.P7S_UW.1, I.P7S_UK, I.P7S_UW, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, I.P7S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna procedury prawne prowadzenia postępowania w przypadku katastrofy budowlanej</w:t>
+        <w:t xml:space="preserve">Potrafi sprawdzić informacje dotyczące nieruchomości w księdze wieczystej i katastrze nieruchomości</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
+        <w:t xml:space="preserve">Ćwiczenia realizowane samodzielnie. Test wielokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W02, K_W04</w:t>
+        <w:t xml:space="preserve">K_U04, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_06: </w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.T.P7S_UW.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zakres obowiązków właścicieli i zarządców obiektów budowlanych</w:t>
+        <w:t xml:space="preserve">Potrafi zaplanować proces budowlany w zakresie organizacyjno-prawnym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
+        <w:t xml:space="preserve">Dyskusja. Test wielokrotnego wyboru.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W04, K_W01</w:t>
+        <w:t xml:space="preserve">K_U02, K_U06, K_U09, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.1, II.S.P7S_WG.2, I.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.3.o, I.P7S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi stworzyć prostą umowę o roboty budowlane</w:t>
+        <w:t xml:space="preserve">Potrafi analizować źródła prawa w zakresie prawa budowlanego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ćwiczenia w grupach. Test wielokrotnego wyboru</w:t>
+        <w:t xml:space="preserve">Ćwiczenia własne po demonstracji programu LEX/Legalis</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U07, K_U09</w:t>
+        <w:t xml:space="preserve">K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UO</w:t>
-[...209 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, II.S.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.2, II.X.P7S_UW.2, II.S.P7S_UW.2.o, I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>