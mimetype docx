--- v2 (2025-12-09)
+++ v3 (2026-01-16)
@@ -766,67 +766,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W05, K_W01, K_W02</w:t>
+        <w:t xml:space="preserve">K_W01, K_W02, K_W04, K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WK, II.S.P7S_WG.3, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.T.P7S_WG</w:t>
+        <w:t xml:space="preserve">II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2, II.S.P7S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna prawne formy reglamentacji procesu budowlanego w odniesieniu do poszczególnych rodzajów inwestycji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -906,67 +906,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wpisz opis</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W04, K_W06, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W02, K_W04, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.2, I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna regulacje prawne dotyczące oddawania obiektów budowlanych do użytkowania </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1062,51 +1062,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W02, K_W04, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.2, I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG</w:t>
+        <w:t xml:space="preserve">II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, I.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna zakres obowiązków właścicieli i zarządców obiektów budowlanych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1212,51 +1212,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U07, K_U09, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_UW.1, I.P7S_UK, I.P7S_UW, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">I.P7S_UO, II.S.P7S_UW.1, II.H.P7S_UW.1, I.P7S_UK, I.P7S_UW, II.X.P7S_UW.3.o, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi sprawdzić informacje dotyczące nieruchomości w księdze wieczystej i katastrze nieruchomości</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1336,67 +1336,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja. Test wielokrotnego wyboru.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U06, K_U09, K_U10</w:t>
+        <w:t xml:space="preserve">K_U10, K_U02, K_U06, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.3.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">I.P7S_UO, I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi analizować źródła prawa w zakresie prawa budowlanego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1422,51 +1422,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_UW.2, II.X.P7S_UW.2, II.S.P7S_UW.2.o, I.P7S_UW</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, II.S.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>