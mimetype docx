--- v3 (2026-01-16)
+++ v4 (2026-02-12)
@@ -782,51 +782,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W02, K_W04, K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2, II.S.P7S_WG.3</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2, II.S.P7S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna prawne formy reglamentacji procesu budowlanego w odniesieniu do poszczególnych rodzajów inwestycji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -836,567 +836,567 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wpisz opis</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W04, K_W01, K_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zakres zadań i kompetencji organów administracji publicznej w procesie budowlanym </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wpisz opis</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W01, K_W02, K_W04, K_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna regulacje prawne dotyczące oddawania obiektów budowlanych do użytkowania </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W04, K_W01, K_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna procedury prawne prowadzenia postępowania w przypadku katastrofy budowlanej</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W02, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W_06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zakres zadań i kompetencji organów administracji publicznej w procesie budowlanym </w:t>
+        <w:t xml:space="preserve">Zna zakres obowiązków właścicieli i zarządców obiektów budowlanych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wpisz opis</w:t>
+        <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W02, K_W04, K_W06</w:t>
+        <w:t xml:space="preserve">K_W04, K_W01, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
+        <w:t xml:space="preserve">II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna regulacje prawne dotyczące oddawania obiektów budowlanych do użytkowania </w:t>
+        <w:t xml:space="preserve">Potrafi stworzyć prostą umowę o roboty budowlane</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
+        <w:t xml:space="preserve">Ćwiczenia w grupach. Test wielokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W02, K_W04</w:t>
+        <w:t xml:space="preserve">K_U06, K_U07, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
+        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna procedury prawne prowadzenia postępowania w przypadku katastrofy budowlanej</w:t>
+        <w:t xml:space="preserve">Potrafi sprawdzić informacje dotyczące nieruchomości w księdze wieczystej i katastrze nieruchomości</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
+        <w:t xml:space="preserve">Ćwiczenia realizowane samodzielnie. Test wielokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W04, K_W01</w:t>
+        <w:t xml:space="preserve">K_U04, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, I.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_06: </w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.T.P7S_UW.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zakres obowiązków właścicieli i zarządców obiektów budowlanych</w:t>
+        <w:t xml:space="preserve">Potrafi zaplanować proces budowlany w zakresie organizacyjno-prawnym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
+        <w:t xml:space="preserve">Dyskusja. Test wielokrotnego wyboru.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W02, K_W04</w:t>
+        <w:t xml:space="preserve">K_U02, K_U06, K_U09, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
-[...219 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_UO, I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi analizować źródła prawa w zakresie prawa budowlanego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>