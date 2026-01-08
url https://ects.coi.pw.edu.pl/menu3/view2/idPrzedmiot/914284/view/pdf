--- v0 (2025-10-19)
+++ v1 (2026-01-08)
@@ -976,51 +976,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.1, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna obszernie zasady zarządzania zasobami własności intelektualnej i zasady ich wykorzystywania, w odniesieniu do aktualnego stany prawnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1046,51 +1046,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WK, II.X.P7S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -1266,51 +1266,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie w sposób pogłębiony opracować metody, techniki i narzędzia właściwe do rozwiązania problemu określonego w pracy dyplomowej z uwzględnieniem standardów zawartych w przepisach prawa. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1610,67 +1610,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Aktywne uczestnictwo w seminarium (dyskusja, opracowywanie poszczególnych problemów itp.), prezentacja wyników przygotowywania poszczególnych części pracy w trakcie seminarium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K04, K_K02</w:t>
+        <w:t xml:space="preserve">K_K02, K_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_KK, I.P7S_KR</w:t>
+        <w:t xml:space="preserve">I.P7S_KR, I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma pełną gotowość do dzielenia się swoimi opiniami i interpretacjami na rzecz rozwiązywania szerszych problemów prawnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>