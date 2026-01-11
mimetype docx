--- v1 (2026-01-08)
+++ v2 (2026-01-11)
@@ -1320,67 +1320,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Aktywne uczestnictwo w seminarium (dyskusja, opracowywanie poszczególnych problemów itp.), prezentacja wyników przygotowywania poszczególnych części pracy w trakcie seminarium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U05, K_U08</w:t>
+        <w:t xml:space="preserve">K_U08, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.3.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie dyskutować w zespole i formułować opinię na temat przygotowanych rozwiązań, ze szczególnym uwzględnieniem aspektów prawnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>