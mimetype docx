--- v2 (2026-01-11)
+++ v3 (2026-02-12)
@@ -820,87 +820,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Aktywne uczestnictwo w seminarium (dyskusja, opracowywanie poszczególnych problemów itp.), prezentacja wyników przygotowywania poszczególnych części pracy w trakcie seminarium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W06, K_W09</w:t>
+        <w:t xml:space="preserve">K_W09, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">II.S.P7S_WG.1, I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna w sposób wyczerpujący przepisy zawarte w Ustawie z dnia 4 lutego 1994 r. o prawie autorskim i prawach pokrewnych i zna konsekwencje ich nieprzestrzegania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Aktywne uczestnictwo w seminarium (dyskusja, opracowywanie poszczególnych problemów itp.), prezentacja wyników przygotowywania poszczególnych części pracy w trakcie seminarium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna w sposób wyczerpujący przepisy zawarte w Ustawie z dnia 4 lutego 1994 r. o prawie autorskim i prawach pokrewnych i zna konsekwencje ich nieprzestrzegania.</w:t>
+        <w:t xml:space="preserve">Zna w sposób wyczerpujący pojęcia odnoszące się do praw autorskich.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Aktywne uczestnictwo w seminarium (dyskusja, opracowywanie poszczególnych problemów itp.), prezentacja wyników przygotowywania poszczególnych części pracy w trakcie seminarium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -919,468 +989,398 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna w sposób wyczerpujący pojęcia odnoszące się do praw autorskich.</w:t>
+        <w:t xml:space="preserve">Zna obszernie zasady zarządzania zasobami własności intelektualnej i zasady ich wykorzystywania, w odniesieniu do aktualnego stany prawnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Aktywne uczestnictwo w seminarium (dyskusja, opracowywanie poszczególnych problemów itp.), prezentacja wyników przygotowywania poszczególnych części pracy w trakcie seminarium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W09</w:t>
+        <w:t xml:space="preserve">K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna obszernie zasady zarządzania zasobami własności intelektualnej i zasady ich wykorzystywania, w odniesieniu do aktualnego stany prawnego.</w:t>
+        <w:t xml:space="preserve">Umie w sposób poszerzony pozyskiwać materiały i informacje niezbędne do przygotowania pracy dyplomowej zgodnie z przepisami prawnymi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Aktywne uczestnictwo w seminarium (dyskusja, opracowywanie poszczególnych problemów itp.), prezentacja wyników przygotowywania poszczególnych części pracy w trakcie seminarium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03</w:t>
+        <w:t xml:space="preserve">K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WK, II.X.P7S_WG.1.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
+        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie w sposób poszerzony pozyskiwać materiały i informacje niezbędne do przygotowania pracy dyplomowej zgodnie z przepisami prawnymi.</w:t>
+        <w:t xml:space="preserve">Umie przeprowadzić w sposób wszechstronny cały proces badawczy zgodnie ze obowiązującymi standardami etycznymi i istniejącymi przepisami prawnymi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Aktywne uczestnictwo w seminarium (dyskusja, opracowywanie poszczególnych problemów itp.), prezentacja wyników przygotowywania poszczególnych części pracy w trakcie seminarium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06</w:t>
+        <w:t xml:space="preserve">K_U06, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UW, II.X.P7S_UW.2, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie przeprowadzić w sposób wszechstronny cały proces badawczy zgodnie ze obowiązującymi standardami etycznymi i istniejącymi przepisami prawnymi.</w:t>
+        <w:t xml:space="preserve">Umie w sposób pogłębiony interpretować istniejące przepisy prawa i rozumie ich konsekwencje.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Aktywne uczestnictwo w seminarium (dyskusja, opracowywanie poszczególnych problemów itp.), prezentacja wyników przygotowywania poszczególnych części pracy w trakcie seminarium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U05, K_U06</w:t>
+        <w:t xml:space="preserve">K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie w sposób pogłębiony interpretować istniejące przepisy prawa i rozumie ich konsekwencje.</w:t>
+        <w:t xml:space="preserve">Umie w sposób pogłębiony opracować metody, techniki i narzędzia właściwe do rozwiązania problemu określonego w pracy dyplomowej z uwzględnieniem standardów zawartych w przepisach prawa. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Aktywne uczestnictwo w seminarium (dyskusja, opracowywanie poszczególnych problemów itp.), prezentacja wyników przygotowywania poszczególnych części pracy w trakcie seminarium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04</w:t>
+        <w:t xml:space="preserve">K_U05, K_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">II.S.P7S_UW.3.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie dyskutować w zespole i formułować opinię na temat przygotowanych rozwiązań, ze szczególnym uwzględnieniem aspektów prawnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>