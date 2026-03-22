--- v3 (2026-02-12)
+++ v4 (2026-03-22)
@@ -820,51 +820,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Aktywne uczestnictwo w seminarium (dyskusja, opracowywanie poszczególnych problemów itp.), prezentacja wyników przygotowywania poszczególnych części pracy w trakcie seminarium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W09, K_W06</w:t>
+        <w:t xml:space="preserve">K_W06, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">II.S.P7S_WG.1, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1196,51 +1196,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U06, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UW, II.X.P7S_UW.2, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UW, II.X.P7S_UW.2, II.H.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie w sposób pogłębiony interpretować istniejące przepisy prawa i rozumie ich konsekwencje.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1406,51 +1406,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U07, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UO, II.S.P7S_UW.1, II.H.P7S_UW.1</w:t>
+        <w:t xml:space="preserve">II.H.P7S_UW.1, I.P7S_UK, I.P7S_UO, II.S.P7S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>