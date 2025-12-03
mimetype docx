--- v0 (2025-10-30)
+++ v1 (2025-12-03)
@@ -1131,51 +1131,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I2A_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_KR, P7U_K, I.P7S_KK</w:t>
+        <w:t xml:space="preserve">P7U_K, I.P7S_KK, I.P7S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość konieczności stałego pogłębiania wiedzy z obszaru praktycznego wykorzystania hydrauliki w zagadnieniach zaopatrzenia w wodę i odprowadzania ścieków.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>