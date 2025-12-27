--- v1 (2025-12-03)
+++ v2 (2025-12-27)
@@ -1201,51 +1201,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I2A_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_K, I.P7S_KK, I.P7S_KR</w:t>
+        <w:t xml:space="preserve">I.P7S_KK, I.P7S_KR, P7U_K</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna odpowiedzialność i skutki pracy zespołowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>