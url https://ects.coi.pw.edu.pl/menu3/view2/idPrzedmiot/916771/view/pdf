--- v2 (2025-12-27)
+++ v3 (2026-01-16)
@@ -761,51 +761,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I2A_W01_01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozumie sens i praktyczne znaczenie wybranych zjawisk fizycznych: kawitacji, opadania swobodnego cząstek, sedymentacji, filtracja osadu, wznoszenia się pęcherzyków gazu w cieczy, rozpylania cieczy i fluidyzacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1201,51 +1201,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I2A_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_KK, I.P7S_KR, P7U_K</w:t>
+        <w:t xml:space="preserve">P7U_K, I.P7S_KK, I.P7S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna odpowiedzialność i skutki pracy zespołowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>