--- v0 (2025-11-01)
+++ v1 (2025-12-27)
@@ -757,51 +757,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I2A_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma uporządkowaną i podbudowaną teoretycznie wiedzę ogólną obejmującą kluczowe zagadnienia z zakresu chemii środowiska.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -897,51 +897,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I2A_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W08: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę niezbędną do rozumienia społecznych, ekonomicznych, prawnych i innych pozatechnicznych uwarunkowań związanych z chemią środowiska.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>