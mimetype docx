--- v1 (2025-12-27)
+++ v2 (2026-01-16)
@@ -897,51 +897,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I2A_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W08: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę niezbędną do rozumienia społecznych, ekonomicznych, prawnych i innych pozatechnicznych uwarunkowań związanych z chemią środowiska.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>