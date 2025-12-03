--- v0 (2025-10-31)
+++ v1 (2025-12-03)
@@ -972,51 +972,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I2A_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U09: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi na podstawie danych wejściowych dokonać analiz rozprzestrzeniania się zanieczyszczeń w środowisku gruntowo-wodnym i obliczyć stosując metody analityczne i symulacyjne efektywność techniki stosowanych w remediacji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>