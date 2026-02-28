--- v1 (2025-12-03)
+++ v2 (2026-02-28)
@@ -1122,51 +1122,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I2A_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_K, I.P7S_KK, I.P7S_KO</w:t>
+        <w:t xml:space="preserve">I.P7S_KO, P7U_K, I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość ważności i rozumie środowiskowe skutki stosowania różnych technologii remediacji i związanej z tym odpowiedzialności za podejmowane decyzje.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>