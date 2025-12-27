--- v1 (2025-12-02)
+++ v2 (2025-12-27)
@@ -772,341 +772,341 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I2A_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma podstawową wiedzę o trendach rozwojowych i najistotniejszych nowych osiągnięciach z zakresu dziedzin nauki i dyscyplin naukowych, właściwych dla kierunku inżynieria środowiska i pokrewnych dyscyplin naukowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium (W1-W7), indywidualna prezentacja studenta z wybranej tematyki przedstawianej na wykładach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I2A_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W07_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma podstawową wiedzę o trendach rozwojowych i najistotniejszych nowych osiągnięciach z zakresu dziedzin nauki i dyscyplin naukowych, właściwych dla kierunku inżynieria środowiska i pokrewnych dyscyplin naukowych.</w:t>
+        <w:t xml:space="preserve">Zna podstawowe metody, techniki, narzędzia i materiały stosowane przy rozwiązywaniu złożonych zadań inżynierskich z zakresu inżynierii środowiska.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium (W1-W7), indywidualna prezentacja studenta z wybranej tematyki przedstawianej na wykładach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I2A_W05</w:t>
+        <w:t xml:space="preserve">I2A_W07_01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W07_01: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U07: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe metody, techniki, narzędzia i materiały stosowane przy rozwiązywaniu złożonych zadań inżynierskich z zakresu inżynierii środowiska.</w:t>
+        <w:t xml:space="preserve">Potrafi posługiwać się technikami informacyjno-komunikacyjnymi właściwymi do realizacji zadań typowych dla działalności inżynierskiej w zakresie inżynierii środowiska.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium (W1-W7), indywidualna prezentacja studenta z wybranej tematyki przedstawianej na wykładach.</w:t>
+        <w:t xml:space="preserve">Projekt P1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I2A_W07_01</w:t>
+        <w:t xml:space="preserve">I2A_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U07: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U12: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi posługiwać się technikami informacyjno-komunikacyjnymi właściwymi do realizacji zadań typowych dla działalności inżynierskiej w zakresie inżynierii środowiska.</w:t>
+        <w:t xml:space="preserve">Potrafi ocenić przydatność i możliwość wykorzystania nowych technik i technologii z zakresu inżynierii środowiska.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt P1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I2A_U07</w:t>
+        <w:t xml:space="preserve">I2A_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>