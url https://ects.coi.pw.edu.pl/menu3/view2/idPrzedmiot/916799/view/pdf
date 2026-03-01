--- v2 (2025-12-27)
+++ v3 (2026-03-01)
@@ -772,191 +772,191 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I2A_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma podstawową wiedzę o trendach rozwojowych i najistotniejszych nowych osiągnięciach z zakresu dziedzin nauki i dyscyplin naukowych, właściwych dla kierunku inżynieria środowiska i pokrewnych dyscyplin naukowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium (W1-W7), indywidualna prezentacja studenta z wybranej tematyki przedstawianej na wykładach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I2A_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W07_01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe metody, techniki, narzędzia i materiały stosowane przy rozwiązywaniu złożonych zadań inżynierskich z zakresu inżynierii środowiska.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium (W1-W7), indywidualna prezentacja studenta z wybranej tematyki przedstawianej na wykładach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I2A_W07_01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U07: </w:t>
       </w:r>
     </w:p>