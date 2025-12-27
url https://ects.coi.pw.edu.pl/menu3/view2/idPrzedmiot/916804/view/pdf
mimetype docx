--- v0 (2025-10-28)
+++ v1 (2025-12-27)
@@ -759,51 +759,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I2A_W01_01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozumie sens i praktyczne znaczenie wybranych zjawisk fizycznych: przepływu w korytach otwartych, pracy przelewów i przepustów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>