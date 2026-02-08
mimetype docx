--- v1 (2025-12-27)
+++ v2 (2026-02-08)
@@ -759,51 +759,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I2A_W01_01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozumie sens i praktyczne znaczenie wybranych zjawisk fizycznych: przepływu w korytach otwartych, pracy przelewów i przepustów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -829,51 +829,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I2A_W03_01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W07_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada szczegółową wiedzę w zakresie stosowanych technik pomiaru objętościowego natężenia przepływu cieczy w przewodach i kanałach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>