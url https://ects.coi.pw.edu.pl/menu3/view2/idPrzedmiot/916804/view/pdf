--- v2 (2026-02-08)
+++ v3 (2026-03-23)
@@ -829,51 +829,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I2A_W03_01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W07_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada szczegółową wiedzę w zakresie stosowanych technik pomiaru objętościowego natężenia przepływu cieczy w przewodach i kanałach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1199,51 +1199,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I2A_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_K, I.P7S_KK, I.P7S_KR</w:t>
+        <w:t xml:space="preserve">I.P7S_KK, I.P7S_KR, P7U_K</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna odpowiedzialność i skutki pracy zespołowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>